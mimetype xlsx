--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -12,100 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TVI - Litações com exportação" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2274">
   <si>
     <t>Órgão</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Nº da licitação</t>
   </si>
   <si>
     <t>Tipo de licitação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Código no Comprasnet</t>
   </si>
   <si>
     <t>Retirada dos editais</t>
   </si>
   <si>
     <t>Anexos</t>
   </si>
   <si>
     <t>TRF2</t>
   </si>
   <si>
+    <t>90001/2026 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90001/2026</t>
+  </si>
+  <si>
+    <t>Pregão eletrônico</t>
+  </si>
+  <si>
+    <t>Aguardando Abertura</t>
+  </si>
+  <si>
+    <t>0001390-29.2024.4.02.8000</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>Aquisição de computadores de mão tipo tablet para o Tribunal Regional Federal da 2ª Região, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90001-2026</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2026/01/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2026/01/SEI_1396755_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2026/01/DOD.pdf, https://www.trf2.jus.br/system/files/2026/01/Resposta%20Esclarecimentos.pdf</t>
+  </si>
+  <si>
+    <t>90129/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90129/2025</t>
+  </si>
+  <si>
+    <t>0009034-86.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>Aquisição e renovação de licenças de softwares Microsoft, atuando o Tribunal Regional Federal da 2ª Região (TRF2) como gerenciador e a Seção Judiciária do Rio de Janeiro (SJRJ) como participante, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90129-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/12/90129.zip, https://www.trf2.jus.br/system/files/2025/12/SEI_0983461_MCTI___Documento_de_Oficializacao_de_Demanda___DOD.pdf, https://www.trf2.jus.br/system/files/2025/12/Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2026/01/Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2026/01/AVISO%20DE%20SUSPENS%C3%83O%20-%20AVISO%20DE%20SUSPENS%C3%83O%20-%20DOU%20-%20Imprensa%20Nacional.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI___AVISO_DE_REVOGACAO.pdf</t>
+  </si>
+  <si>
+    <t>90128/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90128/2025</t>
+  </si>
+  <si>
+    <t>0020540-59.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para fornecimento de gêneros alimentícios, de forma parcelada, mediante requisição, para confecção de lanches a serem servidos nas sessões de julgamento, sessões plenárias, cursos, palestras e outros eventos no Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90128-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/12/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2025/12/Mapa_Comparativo_Generos_Alimenticios.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI_1527890_Despacho%20Reprova%C3%A7%C3%A3o.pdf</t>
+  </si>
+  <si>
     <t>90127/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90127/2025</t>
   </si>
   <si>
-    <t>Pregão eletrônico</t>
-[...4 lines deleted...]
-  <si>
     <t>0004719-15.2025.4.02.8000</t>
   </si>
   <si>
     <t>12/12/2025</t>
   </si>
   <si>
     <t>Aquisição de equipamentos eletrônicos, conforme descrição, quantidades e especificações técnicas do TER para atender às necessidades do Núcleo de Recurso Fonográficos (NUREF) e das salas de sessões.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90127-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/12/edital%2090127.zip, https://www.trf2.jus.br/system/files/2025/12/MAPA_ESTIMATIVO___EQUIPAMENTOS.pdf</t>
   </si>
   <si>
     <t>90087/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90087/2025</t>
   </si>
   <si>
     <t>0009474-82.2025.4.02.8000</t>
   </si>
   <si>
     <t>05/12/2025</t>
@@ -116,789 +179,816 @@
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90087-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_11.zip, https://www.trf2.jus.br/system/files/2025/11/Valor%20estimado_1.pdf, https://www.trf2.jus.br/system/files/2025/11/AVISO%20DE%20SUSPENS%C3%83O%20-%20AVISO%20DE%20SUSPENS%C3%83O%20-%20DOU%20-%20Imprensa%20Nacional%20-%2090087.pdf, https://www.trf2.jus.br/system/files/2025/12/DOU%2090087.pdf, https://www.trf2.jus.br/system/files/2025/12/0087.zip</t>
   </si>
   <si>
     <t>90073/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90073/2025</t>
   </si>
   <si>
     <t>0003814-44.2024.4.02.8000</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>Cessão temporária de direitos por locação de licenças de software AUTODESK AEC - Architecture, Engineering and Construction Collection, pelo período de 36 meses, por meio do Sistema de Registro de Preços</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90073-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_10.zip, https://www.trf2.jus.br/system/files/2025/11/SEI_1196227_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/11/TRF2DOD202400013A.pdf, https://www.trf2.jus.br/system/files/2025/12/compras%20esclarecimentos%202.pdf, https://www.trf2.jus.br/system/files/2025/12/ESCLARECIMENTOS%201.pdf, https://www.trf2.jus.br/system/files/2025/12/COMPRASNET%20IMPUGNA%C3%87%C3%83O.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_10.zip, https://www.trf2.jus.br/system/files/2025/11/SEI_1196227_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/11/TRF2DOD202400013A.pdf, https://www.trf2.jus.br/system/files/2025/12/compras%20esclarecimentos%202.pdf, https://www.trf2.jus.br/system/files/2025/12/ESCLARECIMENTOS%201.pdf, https://www.trf2.jus.br/system/files/2025/12/COMPRASNET%20IMPUGNA%C3%87%C3%83O.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1440192_Parecer.pdf</t>
   </si>
   <si>
     <t>90124/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90124/2025</t>
   </si>
   <si>
     <t>0006218-34.2025.4.02.8000</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para instalação de dispositivos de ancoragem predial e linha de vida no edifício do Centro Cultural Justiça Federal (CCJF)</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90124-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_8.zip, https://www.trf2.jus.br/system/files/2025/11/VALOR%20ESTIMADO_0.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_8.zip, https://www.trf2.jus.br/system/files/2025/11/VALOR%20ESTIMADO_0.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%2823%29_0.pdf</t>
   </si>
   <si>
     <t>90125/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90125/2025</t>
   </si>
   <si>
     <t>0007256-81.2025.4.02.8000</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>Aquisição de autoclave para esterilização dos instrumentais odontológicos, com vistas à manutenção dos atendimentos prestados a magistrados, servidores, prestadores e estagiários no TRF 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90125-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/SEI_0007256_81.2025.4.02.8000.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_Estimativo_Autoclave_2.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/SEI_0007256_81.2025.4.02.8000.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_Estimativo_Autoclave_2.pdf, https://www.trf2.jus.br/system/files/2026/01/ilovepdf_merged_0.pdf</t>
   </si>
   <si>
     <t>90126/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90126/2025</t>
   </si>
   <si>
     <t>0001427-56.2024.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de impressoras coloridas laser A3, impressoras coloridas laser A4 com conexão Wi-Fi, multifuncionais coloridas laser A4 e impressoras monocromáticas laser A4 com garantia on site para o Tribunal Regional Federal da 2ª Região (TRF2), a Seção Judiciária do Rio de Janeiro (SJRJ) e a Seção Judiciária do Espírito Santo (SJES), através do Sistemade Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90126-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_9.zip, https://www.trf2.jus.br/system/files/2025/11/SEI_1100301_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/11/DOD_0.pdf, https://www.trf2.jus.br/system/files/2025/11/90126%20ESCLARECIMENTOS%20COMPRAS.pdf, https://www.trf2.jus.br/system/files/2025/11/COMPRAS.pdf, https://www.trf2.jus.br/system/files/2025/11/IMPUGNA%C3%87%C3%83O%2090126.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_9.zip, https://www.trf2.jus.br/system/files/2025/11/SEI_1100301_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/11/DOD_0.pdf, https://www.trf2.jus.br/system/files/2025/11/90126%20ESCLARECIMENTOS%20COMPRAS.pdf, https://www.trf2.jus.br/system/files/2025/11/COMPRAS.pdf, https://www.trf2.jus.br/system/files/2025/11/IMPUGNA%C3%87%C3%83O%2090126.pdf, https://www.trf2.jus.br/system/files/2026/01/ilovepdf_merged%20tudo.pdf</t>
   </si>
   <si>
     <t>90123/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90123/2025</t>
   </si>
   <si>
     <t>0014395-84.2025.4.02.8000</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Aquisição de 02 (duas) balanças antropométricas eletrônicas digitais, 01 (um) consultório odontológico (equipo) e 01 (um) aparelho de laser de baixa potência.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90123-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_7.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_Estimativo_1.pdf</t>
   </si>
   <si>
     <t>90122/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90122/2025</t>
   </si>
   <si>
     <t>0007490-63.2025.4.02.8000</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>Aquisição de claviculário, apresentador multimídia e fone de ouvido com fio.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90122-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_6.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo___claviculario.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_6.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo___claviculario.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29_0.pdf</t>
   </si>
   <si>
     <t>90121/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90121/2025</t>
   </si>
   <si>
     <t>0014760-41.2025.4.02.8000</t>
   </si>
   <si>
     <t>Contratação de empresa especializada parafornecimento e instalação de gerador diesel cabinado de 100 kVA no prédio do Centro Cultural JustiçaFederal (CCJF).</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90121-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_5.zip, https://www.trf2.jus.br/system/files/2025/11/valor%20estimado.pdf, https://www.trf2.jus.br/system/files/2025/12/PARECER%20DESFAVOR%C3%81VEL%2090121.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_5.zip, https://www.trf2.jus.br/system/files/2025/11/valor%20estimado.pdf, https://www.trf2.jus.br/system/files/2025/12/PARECER%20DESFAVOR%C3%81VEL%2090121.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1446973_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1477457_Parecer.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI_1497109_Parecer.pdf</t>
   </si>
   <si>
     <t>90102/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90102/2025</t>
   </si>
   <si>
     <t>0001775-40.2025.4.02.8000</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>Fornecimento e instalação de 05 (cinco) balcões de atendimento para o CCJF, conforme especificações estipuladas no Termo de Referência - Anexo I, deste Edital.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90102-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/SEI_0891267_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo___balcoes_de_atendimento.pdf, https://www.trf2.jus.br/system/files/2025/11/DESENHOS%20BALC%C3%83O.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/SEI_0891267_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo___balcoes_de_atendimento.pdf, https://www.trf2.jus.br/system/files/2025/11/DESENHOS%20BALC%C3%83O.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged_1.pdf</t>
   </si>
   <si>
     <t>90110/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90110/2025</t>
   </si>
   <si>
     <t>0003817-96.2024.4.02.8000</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para recuperação e restauro da claraboia do prédio do Centro Cultural Justiça Federal - CCJF</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90110-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_4.zip, https://www.trf2.jus.br/system/files/2025/11/mapa_estimativo___manutencao_claraboia.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1419847_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1425108_Parecer.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_4.zip, https://www.trf2.jus.br/system/files/2025/11/mapa_estimativo___manutencao_claraboia.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1419847_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1425108_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1434651_Parecer%2090110.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1443045_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1449670_Parecer.pdf</t>
   </si>
   <si>
     <t>90115/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90115/2025</t>
   </si>
   <si>
     <t>0001171-16.2024.4.02.8000</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>Aquisição de plug-ins Autodesk Revit</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90115-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_2.zip, https://www.trf2.jus.br/system/files/2025/11/DOD.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1195981_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/11/90115.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29.pdf</t>
   </si>
   <si>
     <t>90116/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90116/2025</t>
   </si>
   <si>
     <t>0009748-46.2025.4.02.8000</t>
   </si>
   <si>
     <t>17/11/2025</t>
   </si>
   <si>
     <t>Aquisição de armas estilo Airsoft, munições, acessórios e equipamentos de segurança para treinamento e aperfeiçoamento dos Agentes da Polícia Judicial do TRF2.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90116-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_3.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_de_precos.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_3.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_de_precos.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%282%29_0.pdf</t>
   </si>
   <si>
     <t>90117/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90117/2025</t>
   </si>
   <si>
     <t>0010169-36.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de Equipamentos de Proteção Individual - EPI e Equipamentos de Segurança para os Agentes de Polícia Judicial - APJ, sendo: Coletes balísticos, Algemas, Bastões e Porta Bastões.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90117-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/11/ETP%2090117.zip, https://www.trf2.jus.br/system/files/2025/11/mapa_estimativo_0.pdf, https://www.trf2.jus.br/system/files/2025/11/Esclarecimento%201.pdf, https://www.trf2.jus.br/system/files/2025/11/AVISO%20DE%20SUSPENS%C3%83O%20-%20AVISO%20DE%20SUSPENS%C3%83O%20-%20DOU%20-%20Imprensa%20Nacional.pdf</t>
   </si>
   <si>
     <t>90120/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90120/2025</t>
   </si>
   <si>
     <t>0000826-50.2024.4.02.8000</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de manutenção preventiva e corretiva, com atendimento e fornecimento de peças por demanda, em 2 (dois) conjuntos de portões basculantes horizontais automatizados, 10 (dez) portas de enrolar automatizadas, instalados no prédio do Tribunal Regional Federal da 2ª Região</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90120-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_1.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_manutencao_portoes_AJUSTADO.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_1.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_manutencao_portoes_AJUSTADO.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged_0.pdf</t>
   </si>
   <si>
     <t>90112/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90112/2025</t>
   </si>
   <si>
     <t>0019540-24.2025.4.02.8000</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a reforma do 20° pavimento do prédio do Tribunal Regional Federal da 2ª Região. Total de itens: 01. Edital: 30/10/2025, de 08h00 as 17h00. Endereço: Rua Acre, nº 80, sala 1704, Centro - Rio de Janeiro/RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90112-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_4.zip, https://www.trf2.jus.br/system/files/2025/10/valor%20estimado_0.pdf, https://www.trf2.jus.br/system/files/2025/11/PARECER%20DESFAVOR%C3%81VEL.pdf, https://www.trf2.jus.br/system/files/2025/12/PARECER%20DESFAVOR%C3%81VEL%2090112.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1424813_Despacho.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_4.zip, https://www.trf2.jus.br/system/files/2025/10/valor%20estimado_0.pdf, https://www.trf2.jus.br/system/files/2025/11/PARECER%20DESFAVOR%C3%81VEL.pdf, https://www.trf2.jus.br/system/files/2025/12/PARECER%20DESFAVOR%C3%81VEL%2090112.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1424813_Despacho.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1439805_Despacho.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1449924_Despacho.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1457565_Despacho.pdf</t>
   </si>
   <si>
     <t>90105/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90105/2025</t>
   </si>
   <si>
     <t>0016118-41.2025.4.02.8000</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>Aquisição de dispositivos de sistema de detecção e alarme de incêndio para o prédio do Tribunal Regional Federal da 2ª Região localizado na Rua Visconde de Inhaúma, nº 68 - Centro.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90105-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_0.zip, https://www.trf2.jus.br/system/files/2025/11/MAPA%20DE%20PRE%C3%87OS.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged.pdf</t>
   </si>
   <si>
+    <t>90069/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90069/2025</t>
+  </si>
+  <si>
+    <t>0017375-04.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de veículos para o Tribunal Regional Federal da 2ª Região e para a Justiça Federal de 1º Grau no Espirito Santo, através do Sistema de Registro de Preços</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90069-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_3.zip, https://www.trf2.jus.br/system/files/2025/10/mapa_estimativo__SUV_.pdf, https://www.trf2.jus.br/system/files/2025/11/PEDIDO%20DE%20ESCLARECIMENTO%201%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/11/PEDIDO%20DE%20ESCLARECIMENTO%202%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>90118/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90118/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de bateria Li-ion 14,4V 4Ah 57,6 Wh, original e homologada pela fabricante Instramed, para utilização em monitor cardioversor/desfibrilador.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90118-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDT%2090118%20E%20ANEXOS_merged.pdf, https://www.trf2.jus.br/system/files/2025/11/VALOR%20ESTIMADO%2090118.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_6.pdf</t>
+  </si>
+  <si>
     <t>90119/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90119/2025</t>
   </si>
   <si>
     <t>0000047-61.2025.4.02.8000</t>
   </si>
   <si>
-    <t>12/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de cadeira escaladora para o prédio do CCJF localizado na Avenida Rio Branco 241 - Centro - Rio de Janeiro/RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90119-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo.pdf</t>
-[...32 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/11/EDT%2090118%20E%20ANEXOS_merged.pdf, https://www.trf2.jus.br/system/files/2025/11/VALOR%20ESTIMADO%2090118.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_6.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/11/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2025/11/Mapa_estimativo.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%282%29.pdf</t>
   </si>
   <si>
     <t>90114/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90114/2025</t>
   </si>
   <si>
     <t>0018848-25.2025.4.02.8000</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>Aquisição de eletrodomésticos e móveis de apoio para a lavanderia do Tribunal Regional Federal da 2ª Região (TRF2).</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90114-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/EDITAL%20%2B%20ANEXOS%20%2B%20ETP_2.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA%20ESTIMATIVO.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged.pdf</t>
   </si>
   <si>
     <t>90113/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90113/2025</t>
   </si>
   <si>
     <t>0004824-89.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de subscrição de licença de uso do software de backup Bare Metal Acronis com direito ao suporte técnico e atualização de versão.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90113-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1166199_MCTI___Estudo_Tecnico_Preliminar__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/SEI_1293103_Informacao.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_0779846_MCTI___Documento_de_Oficializacao_de_Demanda___DOD.pdf, https://www.trf2.jus.br/system/files/2025/11/Pedido%20de%20esclarecimento%201%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1387304_Parecer.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1166199_MCTI___Estudo_Tecnico_Preliminar__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/SEI_1293103_Informacao.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_0779846_MCTI___Documento_de_Oficializacao_de_Demanda___DOD.pdf, https://www.trf2.jus.br/system/files/2025/11/Pedido%20de%20esclarecimento%201%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1387304_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29_2.pdf</t>
   </si>
   <si>
     <t>90082/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90082/2025</t>
   </si>
   <si>
     <t>0004193-48.2025.4.02.8000</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>Fornecimento e a instalação de uma plotter a jato de tinta Piezo para impressão e recorte e kit de suprimentos necessários à sua operacionalização.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90082-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/edital%2090082.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO_IMPRESSORA_E_KIT_.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1385128_Parecer.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edital%2090082.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO_IMPRESSORA_E_KIT_.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1385128_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29_1.pdf</t>
+  </si>
+  <si>
+    <t>90108/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90108/2025</t>
+  </si>
+  <si>
+    <t>0018889-89.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de bancos de jardim e lixeiras suspensas para a área externa do CCJF.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90108-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edital%2090108.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO___Equip_jardim_CCJF.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_3.pdf</t>
+  </si>
+  <si>
+    <t>90106/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90106/2025</t>
+  </si>
+  <si>
+    <t>0004760-79.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos e insumos para o CCJF, tais como: mesa de luz e som, filmadora, tela de projeção, painel de LED, refletores e outros.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90106-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edital%2090106.zip, https://www.trf2.jus.br/system/files/2025/10/mapa_estimativo.pdf, https://www.trf2.jus.br/system/files/2026/01/ilovepdf_merged%20tudo_0.pdf</t>
   </si>
   <si>
     <t>90107/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90107/2025</t>
   </si>
   <si>
     <t>0000709-59.2024.4.02.8000</t>
   </si>
   <si>
-    <t>05/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para prestar os serviços de limpeza e restauro de 11 lustres de cristal e 04 arandelas de cristal do tipo império, localizados nos andares térreo e primeiro pavimento do prédio do CCJF.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90107-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/SEI_0050669_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_estimativo%2090107.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%282%29.pdf</t>
   </si>
   <si>
-    <t>90108/2025 (Pregão eletrônico)</t>
-[...32 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/10/edital%2090106.zip, https://www.trf2.jus.br/system/files/2025/10/mapa_estimativo.pdf</t>
+    <t>90111/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90111/2025</t>
+  </si>
+  <si>
+    <t>0004914-97.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de etiquetas para proteção de periódicos e livros para as bibliotecas do TRF2 e do CCJF.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90111-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1196352_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO_ETIQUETAS.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1394272_Parecer%20item%201.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1409476_Despacho%2090111.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1444782_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1457307_Parecer.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI_1492470_Parecer.pdf</t>
   </si>
   <si>
     <t>90063/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90063/2025</t>
   </si>
   <si>
     <t>0001551-39.2024.4.02.8000</t>
   </si>
   <si>
-    <t>04/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>A presente licitação tem por objeto a contratação de empresa especializada para prestação de serviços continuados de análise da qualidade do ar interior em ambientes climatizados artificialmente em 269 pontos de coleta, em atendimento à Portaria nº 3.523/GM/MS, de 28/08/1998, e à versão atualizada da ABNT NBR 17037, de 25/04/2023, nos prédios do TRF-2ª Região, mediante medição dos valores de temperatura, umidade, velocidade do ar, CO2, material particulado e contaminação microbiológica em 02 etapas, conforme especificações estabelecidas no Termo de Referência - Anexo I deste edital.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90063-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/PE%2090063.zip, https://www.trf2.jus.br/system/files/2025/10/mapa_estimativo___analise_qualidade_ar.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20DE%20ESCLARECIMENTO%201%20-%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/11/PEDIDO%20DE%20ESCLARECIMENTO%202%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1374504_Parecer%20Negativo.pdf</t>
-[...17 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1196352_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO_ETIQUETAS.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1394272_Parecer%20item%201.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1409476_Despacho%2090111.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/PE%2090063.zip, https://www.trf2.jus.br/system/files/2025/10/mapa_estimativo___analise_qualidade_ar.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20DE%20ESCLARECIMENTO%201%20-%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/11/PEDIDO%20DE%20ESCLARECIMENTO%202%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1374504_Parecer%20Negativo.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29_3.pdf</t>
   </si>
   <si>
     <t>90109/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90109/2025</t>
   </si>
   <si>
     <t>0014680-77.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de material de consumo e permanente, tais como, divisória classificadora com 8 projeções, fitas adesivas, fita crepe, caixa de papelão para arquivo, blocos de recado, pincel marcador para quadro branco, etiqueta para patrimônio, grampo trilho, lousa interativa e suporte.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90109-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1157303_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_Estimativo___mat._consumo_e_permanente___versao_final.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20DE%20ESCLARECIMENTO%20COMPRAS%2090109.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1157303_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_Estimativo___mat._consumo_e_permanente___versao_final.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20DE%20ESCLARECIMENTO%20COMPRAS%2090109.pdf, https://www.trf2.jus.br/system/files/2026/01/ilovepdf_merged.pdf</t>
+  </si>
+  <si>
+    <t>90095/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90095/2025</t>
+  </si>
+  <si>
+    <t>0010547-89.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>Fornecimento e instalação de placas de sinalização de segurança contra incêndios e pânico, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90095-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edt%2090095_merged_0.pdf, https://www.trf2.jus.br/system/files/2025/10/mapa%20pre%C3%A7os.pdf, https://www.trf2.jus.br/system/files/2025/11/DOU%2090095%20SUSPENS%C3%83O.pdf, https://www.trf2.jus.br/system/files/2025/11/DOU%2090095.pdf, https://www.trf2.jus.br/system/files/2025/11/edt%2025-11.pdf</t>
   </si>
   <si>
     <t>90100/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90100/2025</t>
   </si>
   <si>
     <t>0015585-82.2025.4.02.8000</t>
   </si>
   <si>
-    <t>03/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de troféus em acrílico incolor com escultura dos pontos turísticos do Estado do Espírito Santo, com base retangular preta, através do Sistema de Registro de Preços. </t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90100-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1220271_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_Estimativo_Trofeu.pdf, https://www.trf2.jus.br/system/files/2025/10/IMAGENS%20ESTOJO%20PREG%C3%83O%20TROF%C3%89US.pdf, https://www.trf2.jus.br/system/files/2025/10/COMPRAS%20ESCLARECIMENTO%201%20PE%2090100.pdf</t>
   </si>
   <si>
     <t>90101/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90101/2025</t>
   </si>
   <si>
     <t>0007869-04.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de material odontológico, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90101-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1137691_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMADO..pdf, https://www.trf2.jus.br/system/files/2025/11/PE%2090101.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1398782_Parecer.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1137691_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMADO..pdf, https://www.trf2.jus.br/system/files/2025/11/PE%2090101.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1398782_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%2823%29.pdf</t>
   </si>
   <si>
     <t>90098/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90098/2025</t>
   </si>
   <si>
     <t>0015171-84.2025.4.02.8000</t>
   </si>
   <si>
     <t>Contratação de de empresa credenciada pela COMLURB para a prestação de serviços de recolhimento e transporte de lixo extraordinário, gerados por este TRF 2ª Região e pelo Centro Cultural Justiça Federal, em estrita observância às normas técnicas e à legislação vigente.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90098-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/edt_merged.pdf, https://www.trf2.jus.br/system/files/2025/10/mapa_0.pdf, https://www.trf2.jus.br/system/files/2025/11/90098.pdf</t>
   </si>
   <si>
-    <t>90095/2025 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90104/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90104/2025</t>
   </si>
   <si>
     <t>0005421-58.2025.4.02.8000</t>
   </si>
   <si>
     <t>30/10/2025</t>
   </si>
   <si>
     <t>Aquisição de containers de lixo de 240 litros para o prédio do TRF2.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90104-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/edt%2090104_merged.pdf, https://www.trf2.jus.br/system/files/2025/10/mapa_1.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged_1.pdf</t>
   </si>
   <si>
     <t>90097/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90097/2025</t>
   </si>
   <si>
     <t>0003520-55-2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de material de consumo para a manutenção da infraestrutura de rede de dados, para uso no TRF – 2ª RG e na Seção Judiciária do Rio de Janeiro, tendo como órgão gerenciador o TRF – 2ª RG e como partícipe a Seção Judiciária do Rio de Janeiro, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90097-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/EDT%2090095_merged.pdf, https://www.trf2.jus.br/system/files/2025/10/valor%20estimado%2090095.pdf, https://www.trf2.jus.br/system/files/2025/10/dod%2090095.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1365830_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/11/SEI_1377159_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_4.pdf</t>
   </si>
   <si>
+    <t>90099/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90099/2025</t>
+  </si>
+  <si>
+    <t>0018238-57.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de material de consumo para processamento de dados, a saber, cartucho de toner para impressora lexmark ms 823 e pen drive 32 gb, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90099-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1225793_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/0018238_57.2025_Mapa_Comparativo_FINAL_APROVADO.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_2.pdf</t>
+  </si>
+  <si>
     <t>90094/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90094/2025</t>
   </si>
   <si>
     <t>0011019-90.2025.4.02.8000</t>
   </si>
   <si>
-    <t>29/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de cortina/persianas tipo rolô tela solar para diversos pavimentos do complexo predial Tribunal Regional Federal da 2ª Região, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90094-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/EDT%20ETP%2090094.pdf, https://www.trf2.jus.br/system/files/2025/10/valor%20estimado.pdf, https://www.trf2.jus.br/system/files/2025/10/resposta%20ao%20esclarecimento.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1370554_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1384271_Parecer.pdf</t>
-[...17 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/10/SEI_1225793_Estudos_Tecnicos_Preliminares__ETP_.zip, https://www.trf2.jus.br/system/files/2025/10/0018238_57.2025_Mapa_Comparativo_FINAL_APROVADO.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_2.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/EDT%20ETP%2090094.pdf, https://www.trf2.jus.br/system/files/2025/10/valor%20estimado.pdf, https://www.trf2.jus.br/system/files/2025/10/resposta%20ao%20esclarecimento.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1370554_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1384271_Parecer.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI_1445987_Despacho.pdf, https://www.trf2.jus.br/system/files/2026/01/SEI_1526220_Parecer.pdf</t>
+  </si>
+  <si>
+    <t>90093/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90093/2025</t>
+  </si>
+  <si>
+    <t>0004023-76.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para manutenção preventiva e corretiva do sistema de inspeção por raios x, tipo scanner de bagagens, em uso nas instalações do Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90093-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/10/90093.zip, https://www.trf2.jus.br/system/files/2025/10/mapa.pdf, https://www.trf2.jus.br/system/files/2025/10/ata%20de%20delibera%C3%A7%C3%A3o%20portal.pdf, https://www.trf2.jus.br/system/files/2025/10/DOU%2090093.pdf</t>
   </si>
   <si>
     <t>90096/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90096/2025</t>
   </si>
   <si>
     <t>00011846-04.2025.4.402.8000</t>
   </si>
   <si>
-    <t>24/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de companhia seguradora para cobertura dos bens imóveis pertencentes à União, utilizados pelo Tribunal Regional Federal da 2ª Região, localizados na Rua Acre, nº 80 (Prédio Sede e Anexos), e na Rua Visconde de Inhaúma, nº 68, bem como para os bens móveis integrantes de seu patrimônio e alocados nos referidos imóveis</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90096-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/90096.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA%20PRE%C3%87O%2090096.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20ESCLAREC%202.pdf, https://www.trf2.jus.br/system/files/2025/10/PEDIDO%20DE%20ESCLARECIMENTO.pdf, https://www.trf2.jus.br/system/files/2025/10/DOU%20SUSPENS%C3%83O%2090096.pdf, https://www.trf2.jus.br/system/files/2025/12/DOU%20REVOGA%C3%87%C3%83O.pdf</t>
   </si>
   <si>
-    <t>90093/2025 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90092/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90092/2025</t>
   </si>
   <si>
     <t>0003932-20.2024.4.02.8000</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>Aquisição de material de microinformática para o Tribunal Regional Federal da 2ª Região (TRF2),  através do Sistema de Registro de Preços, conforme especificações estipuladas no Termo de Referência - Anexo I do Edital.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90092-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/edital%20%2B%20anexos%20%2B%20etp_1.zip, https://www.trf2.jus.br/system/files/2025/10/dod.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_1219979_Planilha_de_Pesquisa_de_Mercado.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edital%20%2B%20anexos%20%2B%20etp_1.zip, https://www.trf2.jus.br/system/files/2025/10/dod.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_1219979_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%282%29_1.pdf</t>
   </si>
   <si>
     <t>90072/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90072/2025</t>
   </si>
   <si>
     <t>0004832-03.2024.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de materiais e ferramentas destinados à Oficina de Marcenaria do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90072-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/10/edital%20%2B%20anexos%20%2B%20etp_0.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_de_precos.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/10/edital%20%2B%20anexos%20%2B%20etp_0.zip, https://www.trf2.jus.br/system/files/2025/10/Mapa_de_precos.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%281%29_4.pdf</t>
+  </si>
+  <si>
+    <t>00052/2025 (Edital de credenciamento)</t>
+  </si>
+  <si>
+    <t>00052/2025</t>
+  </si>
+  <si>
+    <t>Edital de credenciamento</t>
+  </si>
+  <si>
+    <t>Sessão Pública em Andamento</t>
+  </si>
+  <si>
+    <t>0000418-59.2024.4.02.8000</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>Credenciamento de profissionais da área de fisioterapia para o Núcleo de Qualidade de Vida no Trabalho - NQVT, que deverão ser especializados na(s) terapia(s) para a(s) qual(is) se candidatar - shiatsu, drenagem linfática, massoterapia, auriculoterapia, Reeducação Postural Global - RPG, acupuntura, pilates solo, ioga - , para atendimento a magistrados e servidores - ativos e inativos -, contratados, estagiários e terceirizados deste Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://pncp.gov.br/app/editais/32243347000151/2025/146</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/12/Edital%20Credenciamento%20TRF2%20%2B%20anexos%20%2B%20ETP.pdf, https://www.trf2.jus.br/system/files/2025/12/Mapa%20de%20pre%C3%A7os%20-%20credenciamento%20fisioterapeutas.pdf</t>
   </si>
   <si>
     <t>90091/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90091/2025</t>
   </si>
   <si>
     <t>0009909-56.2025.4.02.8000</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>Aquisição de aparelho desumidificador de ar.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90091-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/10/PE90091.zip, https://www.trf2.jus.br/system/files/2025/10/MAPA_ESTIMATIVO...pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_1.pdf</t>
   </si>
   <si>
     <t>90090/2025 (Pregão eletrônico)</t>
   </si>
@@ -1025,167 +1115,167 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/09002805900802025000.zip, https://www.trf2.jus.br/system/files/2025/09/mapa%20pre%C3%A7o.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_1320392_Despacho%20NEGATIVO.pdf, https://www.trf2.jus.br/system/files/2025/10/ilovepdf_merged%20%2825%29_0.pdf</t>
   </si>
   <si>
     <t>90081/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90081/2025</t>
   </si>
   <si>
     <t>0004448-06.2025.4.02.8000</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
     <t>Aquisição de itens para elaboração de Kit para atendimento pré-hospitalar (APH), conforme especificações estipuladas no Termo de Referência.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90081-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/09002805900812025000.zip, https://www.trf2.jus.br/system/files/2025/09/MAPA%20PRE%C3%87OS.pdf, https://www.trf2.jus.br/system/files/2025/10/Esclarecimento%201%20-%2090081.pdf, https://www.trf2.jus.br/system/files/2025/10/90081%20dou.pdf</t>
   </si>
   <si>
+    <t>90078/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90078/2025</t>
+  </si>
+  <si>
+    <t>0004689-14.2024.4.02.8000</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de material de consumo, equipamentos e ferramentas para a manutenção e conservação dos veículos oficiais do Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90078-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/09/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2025/09/Mapa_estimativo___mat._consumo_equipamentos_e_ferramentas.pdf</t>
+  </si>
+  <si>
     <t>90083/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90083/2025</t>
   </si>
   <si>
     <t>0008002-46.2025.4.02.8000</t>
   </si>
   <si>
-    <t>02/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de gradil de proteção.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90083-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/09002805900832025000.zip, https://www.trf2.jus.br/system/files/2025/09/Mapa_de_precos.pdf, https://www.trf2.jus.br/system/files/2025/09/PEDIDO%20DE%20ESCLARECIMENTO%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/10/90083%20dou.pdf, https://www.trf2.jus.br/system/files/2025/10/DOU%2090083%20GRADIL.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged_0.pdf</t>
   </si>
   <si>
-    <t>90078/2025 (Pregão eletrônico)</t>
-[...14 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/09/EDITAL%20%2B%20ANEXOS%20%2B%20ETP.zip, https://www.trf2.jus.br/system/files/2025/09/Mapa_estimativo___mat._consumo_equipamentos_e_ferramentas.pdf</t>
+    <t>90079/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90079/2025</t>
+  </si>
+  <si>
+    <t>0012177-83.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviço de troca do para-brisa blindado nível III-A do veículo Citroen C4, de placa LMO-5D11.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90079-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/09/PE90079-25%20-%20EDITAL%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/09/VE_0.pdf, https://www.trf2.jus.br/system/files/2025/11/90079.pdf</t>
   </si>
   <si>
     <t>90076/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90076/2025</t>
   </si>
   <si>
     <t>0000962-47.2024.4.02.8000</t>
   </si>
   <si>
-    <t>01/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para manutenção de todo o sistema de radiocomunicação digital do Tribunal Regional Federal da 2ª Região e CCJF. </t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90076-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/PE90076-25%20-%20EDITAL%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/09/VE.pdf, https://www.trf2.jus.br/system/files/2025/09/90076%20ESCLARECIMENTOS%201.pdf, https://www.trf2.jus.br/system/files/2025/10/ilovepdf_merged%20%2825%29.pdf</t>
   </si>
   <si>
-    <t>90079/2025 (Pregão eletrônico)</t>
-[...14 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2025/09/PE90079-25%20-%20EDITAL%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/09/VE_0.pdf, https://www.trf2.jus.br/system/files/2025/11/90079.pdf</t>
+    <t>90077/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90077/2025</t>
+  </si>
+  <si>
+    <t>0003123-93.2025.4.02.8000</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de sinalizador luminoso para teto de viatura, tipo Giroflex, e kit de dispositivo de sinalização visual e acústica de emergência, conforme especificações estipuladas no Termo de Referência - Anexo I, do Edital</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90077-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/09/EDITAL%20%2B%20ETP_0.zip, https://www.trf2.jus.br/system/files/2025/09/Mapa_estimativo___sinalizadores.pdf, https://www.trf2.jus.br/system/files/2025/10/SEI_1302532_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/10/ilovepdf_merged_0.pdf</t>
   </si>
   <si>
     <t>90075/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90075/2025</t>
   </si>
   <si>
     <t>0002120-06.2025.4.02.8000</t>
   </si>
   <si>
-    <t>30/09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de serviço renovação de suporte técnico da solução de armazenamento Datacore Swarm pelo período de 2 anos, incluindo atualizações e correção de falhas, para o Tribunal Regional Federal da 2ª Região (TRF2), a Seção Judiciária do Rio de Janeiro (SJRJ) e a Seção Judiciária do Estado do Espirito Santo (SJES).</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90075-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/edital%20-%20anexos%20-%20etp%20-%20DOD%20%282%29.zip, https://www.trf2.jus.br/system/files/2025/09/SEI_0888853_Planilha_de_Pesquisa_de_Mercado.pdf, https://www.trf2.jus.br/system/files/2025/09/PEDIDO%20DE%20ESCLARECIMENTO%201%20Compras.gov_.br__1.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%281%29_0.pdf</t>
   </si>
   <si>
-    <t>90077/2025 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90074/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90074/2025</t>
   </si>
   <si>
     <t>0015686-22.2025.4.02.8000</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para realizar teste de arrancamento estático dos pontos de ancoragem dos prédios do Tribunal Regional Federal da 2ª Região, conforme especificações estipuladas no Termo de Referência</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90074-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/edital%20%2B%20etp.zip, https://www.trf2.jus.br/system/files/2025/09/MAPA_teste_pontos_ancoragem.pdf, https://www.trf2.jus.br/system/files/2025/10/ilovepdf_merged.pdf</t>
   </si>
   <si>
     <t>90071/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90071/2025</t>
@@ -1331,51 +1421,51 @@
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90064-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/08/PE90064-25%20-%20EDITAL90064%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/08/VE_1.pdf</t>
   </si>
   <si>
     <t>90062/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90062/2025</t>
   </si>
   <si>
     <t>0004426-79.2024.4.02.8000</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para realizar os serviços de reforma e recuperação das fachadas do prédio do Tribunal Regional Federal da 2ª Região na Rua Visconde de Inhaúma.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90062-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/08/PE90062-25%20-%20EDITAL90062%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/08/VE.pdf, https://www.trf2.jus.br/system/files/2025/08/SEI_1205580_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/08/SEI_1209148_Despacho%20Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/09/SEI_1261877_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/09/SEI_1293743_Despacho%20Parecer%20negativo.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/08/PE90062-25%20-%20EDITAL90062%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/08/VE.pdf, https://www.trf2.jus.br/system/files/2025/08/SEI_1205580_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/08/SEI_1209148_Despacho%20Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/09/SEI_1261877_Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/09/SEI_1293743_Despacho%20Parecer%20negativo.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged_2.pdf</t>
   </si>
   <si>
     <t>90061/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90061/2025</t>
   </si>
   <si>
     <t>0008983-75.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de envelopes plásticos de segurança, na cor branca, com lacre, tipo "sedex".</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90061-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/07/PE90061-25%20-%20EDITAL90061-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/07/VE_7.pdf, https://www.trf2.jus.br/system/files/2025/08/PE90061-25%20-%20EDITAL90061-25%2BANEXOS%2BETP%20%20%28ALTERA%C3%87%C3%83O%29.zip, https://www.trf2.jus.br/system/files/2025/08/Publica%C3%A7%C3%A3o%20Altera%C3%A7%C3%A3o%20Licita%C3%A7%C3%A3o%20-%20Pr.%2090061-25%20-%20DOU.pdf, https://www.trf2.jus.br/system/files/2025/08/ilovepdf_merged%20%284%29_0.pdf</t>
   </si>
   <si>
     <t>90036/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90036/2025</t>
   </si>
@@ -1643,89 +1733,89 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/06/PE90051-25%20-%20EDITAL90051-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/06/VE_10.pdf, https://www.trf2.jus.br/system/files/2025/07/relatorios-diligencia-09002805900512025-item-8.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL-01-35.pdf</t>
   </si>
   <si>
     <t>90047/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90047/2025</t>
   </si>
   <si>
     <t>0008520-36.2025.4.02.8000</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>Contratação de companhia seguradora para cobertura do imóvel, pertencente à União, utilizado pelo Centro Cultural Justiça Federal - CCJF, bem como para os bens móveis, pertencentes ao patrimônio do Tribunal Regional Federal da 2ª Região e alocados no referido prédio, derivados de incêndio e explosão, mesmo que decorrentes de atos danosos praticados de forma isolada ou eventual por terceiros, queda de raios e suas consequências, danos elétricos e responsabilidade civil.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90047-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/06/PE90047-25%20-%20EDITAL90047-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/06/VE_7.pdf, https://www.trf2.jus.br/system/files/2025/07/Esclarecimento%201%20-%20compras.gov__0.pdf, https://www.trf2.jus.br/system/files/2025/07/Esclarecimento%202%20-%20compras.gov_.pdf, https://www.trf2.jus.br/system/files/2025/07/Esclarecimento%203%20-%20compras.gov_.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL_7.pdf</t>
   </si>
   <si>
+    <t>90049/2025 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90049/2025</t>
+  </si>
+  <si>
+    <t>0001697-80.2024.4.02.8000</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>Eventual aquisição de material de microinformática - Peças e Componentes para impressoras e scanners para o Tribunal Regional Federal da 2ª Região (TRF2) e a Seção Judiciária do Rio de Janeiro (SJRJ), através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90049-2025</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/06/PE90049-25%20-%20EDITAL90049-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/06/VE_rotated.pdf, https://www.trf2.jus.br/system/files/2025/09/A_b_c_merged.pdf</t>
+  </si>
+  <si>
     <t>90048/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90048/2025</t>
   </si>
   <si>
     <t>0002125-28.2025.4.02.8000</t>
   </si>
   <si>
-    <t>04/07/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de aparelhos de ar condicionado de janela, para o Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90048-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/06/PE90048-25%20-%20EDITAL90048-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/06/VE_8.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL_4.pdf</t>
   </si>
   <si>
-    <t>90049/2025 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90045/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90045/2025</t>
   </si>
   <si>
     <t>0005470-36.2024.4.02.8000</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>Aquisição de bombas hidráulicas para o prédio do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90045-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/06/PE90045-25%20-%20EDITAL90045-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/06/VE_6.pdf, https://www.trf2.jus.br/system/files/2025/07/portal%20compras.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL_10.pdf</t>
   </si>
   <si>
     <t>90043/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90043/2025</t>
@@ -1922,51 +2012,51 @@
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90034-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/05/PE90034-25%20-%20EDITAL90034-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/05/VE_10.pdf, https://www.trf2.jus.br/system/files/2025/06/PEDIDO%20DE%20ESCLARECIMENTO%201%20-%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/06/Pedido%20de%20Esclarecimento%202%20-%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL_1.pdf</t>
   </si>
   <si>
     <t>90023/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90023/2025</t>
   </si>
   <si>
     <t>0001589-51.2024.4.02.8000</t>
   </si>
   <si>
     <t>09/06/2025</t>
   </si>
   <si>
     <t>Aquisição de licenças de softwares diversos para a Justiça Federal da 2ª Região, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90023-2025</t>
   </si>
   <si>
-    <t>https://www.trf2.jus.br/system/files/2025/05/PE90023-25%20-%20EDITAL90023-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/05/VE_9.pdf, https://www.trf2.jus.br/system/files/2025/06/PE90023-25%20-%20EDITAL90023-25%2BANEXOS%2BETP%20%28ALTERA%C3%87%C3%83O%29.zip, https://www.trf2.jus.br/system/files/2025/06/Publica%C3%A7%C3%A3o%20Altera%C3%A7%C3%A3o%20Licita%C3%A7%C3%A3o%20-%20Pr.%2090023-25%20-%20DOU.pdf, https://www.trf2.jus.br/system/files/2025/06/Pedido%20de%20Esclarecimento%201%20-%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/06/Pedido%20de%20Esclarecimento%202%20-%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1406591_Parecer_Juridico_0.pdf</t>
+    <t>https://www.trf2.jus.br/system/files/2025/05/PE90023-25%20-%20EDITAL90023-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/05/VE_9.pdf, https://www.trf2.jus.br/system/files/2025/06/PE90023-25%20-%20EDITAL90023-25%2BANEXOS%2BETP%20%28ALTERA%C3%87%C3%83O%29.zip, https://www.trf2.jus.br/system/files/2025/06/Publica%C3%A7%C3%A3o%20Altera%C3%A7%C3%A3o%20Licita%C3%A7%C3%A3o%20-%20Pr.%2090023-25%20-%20DOU.pdf, https://www.trf2.jus.br/system/files/2025/06/Pedido%20de%20Esclarecimento%201%20-%20Compras.gov_.br__0.pdf, https://www.trf2.jus.br/system/files/2025/06/Pedido%20de%20Esclarecimento%202%20-%20Compras.gov_.br_.pdf, https://www.trf2.jus.br/system/files/2025/12/SEI_1406591_Parecer_Juridico_0.pdf, https://www.trf2.jus.br/system/files/2025/12/ilovepdf_merged%20%2825%29.pdf</t>
   </si>
   <si>
     <t>90035/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90035/2025</t>
   </si>
   <si>
     <t>0004513-35.2024.4.02.8000</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>Aquisição de aparelhos telefônicos IP para uso em central telefônica da marca MItel, modelo MXONE, instalada no prédio do Tribunal Regional Federal, sito à Rua Acre nº 80, Centro - Rio de Janeiro - RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90035-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/05/PE90035-25%20-%20EDITAL90035-25%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/05/VE_8.pdf, https://www.trf2.jus.br/system/files/2025/06/SEI_1046360_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/06/SEI_1068384_Parecer_0.pdf, https://www.trf2.jus.br/system/files/2025/06/SEI_1080630_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/06/SEI_1088755_Parecer.pdf, https://www.trf2.jus.br/system/files/2025/07/REL%2BHOMOL_5.pdf</t>
   </si>
   <si>
     <t>90033/2025 (Pregão eletrônico)</t>
   </si>
@@ -2561,224 +2651,224 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/01/PE90001-25%20-%20EDITAL%2BANEXOS%2BETP.zip, https://www.trf2.jus.br/system/files/2025/02/VE_1.pdf, https://www.trf2.jus.br/system/files/2025/03/REL%2BHOMOL_4.pdf</t>
   </si>
   <si>
     <t>90108/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90108/2024</t>
   </si>
   <si>
     <t>EOF-2024/156</t>
   </si>
   <si>
     <t>23/12/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para elaboração de projetos executivos para adequação das instalações elétricas, de cabeamento estruturado e de detecção e alarme de incêndio do prédio do Centro Cultural Justiça Federal, localizado na Avenida Rio Branco nº 241, Centro-RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90108-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090108%20%20%282024-156%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_5.pdf, https://www.trf2.jus.br/system/files/2024/12/AVISO%201%20PE%2090108.pdf, https://www.trf2.jus.br/system/files/2024/12/Or%C3%A7amento_TCU%20Fator%20k_R01.xlsx, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-1_0.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-2%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-3%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%204%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_3.pdf</t>
   </si>
   <si>
+    <t>90063/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90063/2024</t>
+  </si>
+  <si>
+    <t>0000926-05.2024.4.02.8000</t>
+  </si>
+  <si>
+    <t>20/12/2024</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para atender à demanda do Projeto de Instalação do Memorial Pontes de Miranda, que prevê uma exposição de documentos e objetos referentes à sua vida e a sua trajetória profissional como diplomata e jurista.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90063-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090063%20%20%28926-05.2024%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_7.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_5.pdf</t>
+  </si>
+  <si>
     <t>90090/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90090/2024</t>
   </si>
   <si>
     <t>EOF-2024/280</t>
   </si>
   <si>
-    <t>20/12/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para prestação de serviços de Locação, Manutenção e Assistência Técnica de 15 (quinze) Máquinas Copiadoras Digitais, de primeira locação, com franquia anual de 270.000 (duzentas e setenta mil) cópias/impressão e com fornecimento de suprimentos (exceto papel), para o Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90090-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090090%20%20%28280%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_6.pdf, https://www.trf2.jus.br/system/files/2024/10/impugnacao-1_0.pdf, https://www.trf2.jus.br/system/files/2024/10/impugnacao-2.pdf, https://www.trf2.jus.br/system/files/2024/12/IMPUGNA%C3%87%C3%83O%203.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%201%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%202%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O.pdf</t>
   </si>
   <si>
-    <t>90063/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90098/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90098/2024</t>
   </si>
   <si>
     <t>EOF-2024/013</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90098-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090098%20%20%28013%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_8.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLAREC%201%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%202.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%203%20PORTAL.pdf, https://www.trf2.jus.br/system/files/2025/01/Dilig%C3%AAncia.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%2BHOMOL_18.pdf</t>
   </si>
   <si>
+    <t>90102/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90102/2024</t>
+  </si>
+  <si>
+    <t>0001426-71.2024.4.02.8000 (EOF-2023/185) - SRP</t>
+  </si>
+  <si>
+    <t>Aquisição de licença de Software Gerenciador de Banco de Dados Microsoft SQL Server Enterprise - licenciamento perpétuo com Suporte e atualização de 36 meses sem software Assurance – pack de 2 cores - na versão mais atual, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90102-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090102%20%20%282023-185%29%20-%20REABERTURA.zip, https://www.trf2.jus.br/system/files/2025/02/VE_10.pdf, https://www.trf2.jus.br/system/files/2024/10/QUESTIONAMENTO%20e%20ESCLARECIMENTO%20%281%29.pdf, https://www.trf2.jus.br/system/files/2024/12/QUESTIONAMENTO%20e%20ESCLARECIMENTO%20%282%29.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTOS%203%20PORTALI%2090102.pdf, https://www.trf2.jus.br/system/files/2025/03/REL%2BHOMOL_3.pdf</t>
+  </si>
+  <si>
     <t>90106/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90106/2024</t>
   </si>
   <si>
     <t>EOF-2024/281</t>
   </si>
   <si>
     <t>Contratação de companhia seguradora para cobertura dos bens imóveis, pertencente à União, utilizados pelo Tribunal Regional Federal da 2ª Região, situados à Rua Acre nº 80 (Prédio Sede e Anexos) e à Rua Visconde de Inhaúma nº 68, todos na cidade do Rio de Janeiro, bem como para os bens móveis, integrantes de seu patrimônio, alocados nos referidos imóveis.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90106-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDT%2090106%2018-12-24.pdf, https://www.trf2.jus.br/system/files/2025/02/VE_9.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-1.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-2%20%282%29.pdf, https://www.trf2.jus.br/system/files/2024/12/ESCLARECIMENTO-3.pdf, https://www.trf2.jus.br/system/files/2024/12/esclarec%204%20portal.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_9.pdf</t>
   </si>
   <si>
-    <t>90102/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90062/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90062/2024</t>
   </si>
   <si>
     <t>0000093-84.2024.4.02.8000</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para serviço de reforma, recuperação e restauro da fachada principal, do muro e dos gradis incluindo os pórticos laterais e seus portões do prédio do Centro Cultural Justiça Federal, situado na Av. Rio Branco nº 241 - Cinelândia - Rio de Janeiro - RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90062-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090062%20%20%28%200000093-84.2024.4.02.8000%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_12.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_6.pdf</t>
   </si>
   <si>
     <t>90073/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90073/2024</t>
   </si>
   <si>
     <t>EOF-2024/015</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>Contratação de serviço de comunicação de dados para acesso permanente, dedicado, exclusivo e por meio do protocolo IP à rede mundial de computadores Internet, incluindo a instalação e sustentação dos recursos necessários para garantir a disponibilidade do serviço, bem como a prestação do serviço de segurança para proteção do acesso à Internet.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90073-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/11/EDITAL%2BANEXOS%2BETP.pdf, https://www.trf2.jus.br/system/files/2025/02/VE_13.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-1.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-2.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-3.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-4.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-5.pdf, https://www.trf2.jus.br/system/files/2024/12/Esclarecimento-6.pdf, https://www.trf2.jus.br/system/files/2025/03/REL%2BHOMOL_0.pdf</t>
   </si>
   <si>
+    <t>90092/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90092/2024</t>
+  </si>
+  <si>
+    <t>TRF2-EOF-2024/137</t>
+  </si>
+  <si>
+    <t>12/12/2024</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento e instalação de placas de acrílico com letras em alto relevo e descrição em Braile, pisos e mapas tátil emborrachados e tapetes de PVC, para os pavimentos do prédio sede do Tribunal Regional Federal da 2º Região situado à Rua Acre nº 80, Centro, Rio de Janeiro, e do prédio da Rua Visconde de Inhaúma nº 68, Centro, Rio de Janeiro, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90092-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/11/EDITAL%20e%20ETP%20-%20PE%2090092%20%20%282024-137%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_14.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_0.pdf</t>
+  </si>
+  <si>
     <t>90107/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90107/2024</t>
   </si>
   <si>
     <t>EOF-2024/148</t>
   </si>
   <si>
-    <t>12/12/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de veículos para o Tribunal Regional Federal da 2ª Região e Justiça Federal de Primeiro Grau no Rio de Janeiro - Seção Judiciária do Rio de Janeiro.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90107-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/12/EDITAL%20e%20ETP%20-%20PE%2090107%20%20%282024-148%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_15.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_4.pdf</t>
   </si>
   <si>
-    <t>90092/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90105/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90105/2024</t>
   </si>
   <si>
     <t>000326-81.2024.4.02.8000</t>
   </si>
   <si>
     <t>09/12/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para substituição das telhas de amianto das coberturas do Prédio por telhas termo acústicas e impermeabilização da área de convivência do 3º pavimento do anexo 1B o prédio do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90105-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/11/EDITAL%20e%20ETP%20-%20PE%2090105%20%20%28326-81%29.zip, https://www.trf2.jus.br/system/files/2025/02/VE_16.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_7.pdf</t>
   </si>
   <si>
     <t>90104/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90104/2024</t>
@@ -3155,89 +3245,89 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/10/edital-e-etp-pe-90082-2024-232.zip, https://www.trf2.jus.br/system/files/2025/02/VE_34.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento_2.pdf, https://www.trf2.jus.br/system/files/2024/12/TERMOS%20DE%20JULGAMENTO%20e%20HOMOLOGA%C3%87%C3%83O_7.pdf</t>
   </si>
   <si>
     <t>90083/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90083/2024</t>
   </si>
   <si>
     <t>EOF-2024/233</t>
   </si>
   <si>
     <t>16/09/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de quatro conjuntos motobomba na torre de refrigeração do sistema de ar condicionado do prédio sede do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90083-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/10/edital-e-etp-pe-90083-2024-233.zip, https://www.trf2.jus.br/system/files/2025/02/VE_35.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-1_1.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-2_1.pdf, https://www.trf2.jus.br/system/files/2024/12/TERMOS%20DE%20JULGAMENTO%20e%20HOMOLOGA%C3%87%C3%83O_1.pdf</t>
   </si>
   <si>
+    <t>90075/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90075/2024</t>
+  </si>
+  <si>
+    <t>EOF-2024/215</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para execução dos serviços de isolamento acústico das 16 janelas do cinema e do teatro e da porta metálica dos fundos do teatro do Centro Cultural Justiça Federal, situado na Av. Rio Branco nº 241 - Cinelândia - Rio de Janeiro.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90075-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/10/edital-e-etp-pe-90075-2024-215.zip, https://www.trf2.jus.br/system/files/2025/02/VE_36.pdf, https://www.trf2.jus.br/system/files/2024/12/TERMOS%20DE%20JULGAMENTO%20e%20HOMOLOGA%C3%87%C3%83O_2.pdf</t>
+  </si>
+  <si>
     <t>90080/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90080/2024</t>
   </si>
   <si>
     <t>EOF-2024/194</t>
   </si>
   <si>
-    <t>11/09/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para a prestação de serviços especializados em proteção contra incêndio, com fornecimento de mão de obra de bombeiros civis profissionais, 24 (vinte e quatro) horas por dia, em regime de turnos de trabalho, e treinamento de brigada de incêndio para o Tribunal Regional Federal da 2ª Região e para o Centro Cultural Justiça Federal.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90080-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/10/edital-e-etp-pe-90080.zip, https://www.trf2.jus.br/system/files/2025/02/VE_37.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento_1.pdf, https://www.trf2.jus.br/system/files/2024/12/TERMOS%20DE%20JULGAMENTO%20e%20HOMOLOGA%C3%87%C3%83O_4.pdf</t>
   </si>
   <si>
-    <t>90075/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90031/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90031/2024</t>
   </si>
   <si>
     <t>EOF-2022/229</t>
   </si>
   <si>
     <t>09/09/2024</t>
   </si>
   <si>
     <t>Contratação de empresa para execução de serviços de manutenção corretiva nas cadeiras, poltronas, longarinas e sofás constantes do acervo patrimonial do TRF - 2ª Região, com fornecimento de mão de obra especializada, peças e materiais, pelo prazo de 1 (um) ano.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90031-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/10/edital-e-etp-pe-90031.zip, https://www.trf2.jus.br/system/files/2025/02/VE_38.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_21.pdf</t>
   </si>
   <si>
     <t>90086/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90086/2024</t>
@@ -3521,164 +3611,164 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-pe-90061.zip, https://www.trf2.jus.br/system/files/2025/02/VE_50.pdf, https://www.trf2.jus.br/system/files/2025/01/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_29.pdf</t>
   </si>
   <si>
     <t>90048/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90048/2024</t>
   </si>
   <si>
     <t>EOF-2024/063</t>
   </si>
   <si>
     <t>12/07/2024</t>
   </si>
   <si>
     <t>Aquisição de localizador para cabos elétricos.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90048-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-90048.zip, https://www.trf2.jus.br/system/files/2024/07/ve-1.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-1.pdf</t>
   </si>
   <si>
+    <t>90011/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90011/2024</t>
+  </si>
+  <si>
+    <t>EOF-2023/266 - SRP</t>
+  </si>
+  <si>
+    <t>11/07/2024</t>
+  </si>
+  <si>
+    <t>Prestação de serviço de confecção de quadros de vidro duplo, em forma de sanduíche, com kit completo de prolongadores para afixação na parede, para figurar em diferentes Galerias de Retratos de Desembargadores Federais do Tribunal Regional Federal da 2ª Região, através do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90011-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/03/edital-completo-pe-90011-24-eof-266-23-15-03-24-13h.pdf, https://www.trf2.jus.br/system/files/2025/02/VE_51.pdf, https://www.trf2.jus.br/system/files/2024/10/aviso-de-alteracao.pdf, https://www.trf2.jus.br/system/files/2024/10/aviso-de-reabertura.pdf, https://www.trf2.jus.br/system/files/2024/03/aviso-de-suspensao.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao-1_2.pdf, https://www.trf2.jus.br/system/files/2024/12/TERMOS%20DE%20JULGAMENTO%20e%20HOMOLOGA%C3%87%C3%83O_5.pdf</t>
+  </si>
+  <si>
     <t>90053/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90053/2024</t>
   </si>
   <si>
     <t>EOF-2024/079 - SRP</t>
   </si>
   <si>
-    <t>11/07/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Fornecimento e instalação de cortina/persianas tipo rolô em tela solar para diversos pavimentos do complexo predial do Tribunal Regional Federal da 2ª Região situado à Rua Acre nº 80, Centro, Rio de Janeiro, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90053-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-pe-90053.zip, https://www.trf2.jus.br/system/files/2025/02/VE_52.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%2BHOMOL.pdf</t>
   </si>
   <si>
-    <t>90011/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90046/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90046/2024</t>
   </si>
   <si>
     <t>EOF-2023/295</t>
   </si>
   <si>
     <t>Contratação da renovação das licenças da ferramenta de Acesso Remoto (Go-Global), com direito ao suporte e à atualização de versão pelo período de 05 anos.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90046-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-90046.zip, https://www.trf2.jus.br/system/files/2024/07/ve-2.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-2.pdf</t>
   </si>
   <si>
     <t>90039/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90039/2024</t>
   </si>
   <si>
     <t>EOF-2024/011</t>
   </si>
   <si>
     <t>10/07/2024</t>
   </si>
   <si>
     <t>Prestação de serviço de exames clínicos, na modalidade de check-up em saúde, em um mesmo turno (manhã ou tarde) e local, contando com várias especialidades médicas e estrutura laboratorial e de imagem, para magistrados do Tribunal Regional Federal da 2ª Região e Seções Judiciárias do Rio de Janeiro e Espírito Santo.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90039-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-90039.zip, https://www.trf2.jus.br/system/files/2024/07/ve-5.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-5.pdf</t>
   </si>
   <si>
+    <t>90044/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90044/2024</t>
+  </si>
+  <si>
+    <t>EOF-2024/144</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para confecção de cortinas para rotunda, ciclorama, bambolina e pernas do palco do teatro do CCJF.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90044-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-90044-20-06.zip, https://www.trf2.jus.br/system/files/2024/07/ve-4.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-4.pdf</t>
+  </si>
+  <si>
     <t>90043/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90043/2024</t>
   </si>
   <si>
     <t>EOF-2023/055 - SRP</t>
   </si>
   <si>
     <t>Registro de preços para eventual aquisição de licenças de softwares para o Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90043-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-90043-zip.zip, https://www.trf2.jus.br/system/files/2024/07/ve-3.pdf, https://www.trf2.jus.br/system/files/2024/07/esclarecimento-1-1.pdf, https://www.trf2.jus.br/system/files/2024/07/esclarecimento-2-1.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-3.pdf</t>
   </si>
   <si>
-    <t>90044/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90055/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90055/2024</t>
   </si>
   <si>
     <t>EOF-2024/014 - SRP</t>
   </si>
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>Aquisição de mídias para backup, através do Sistema de Registro de Preços, sendo o Tribunal Regional Federal da 2ª Região o órgão gerenciador e demais órgãos como partícipes.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90055-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/07/edital-e-etp-pe-90055.zip, https://www.trf2.jus.br/system/files/2025/02/VE_53.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%2BHOMOL_0.pdf</t>
   </si>
   <si>
     <t>90051/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90051/2024</t>
@@ -3998,107 +4088,107 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-2.zip, https://www.trf2.jus.br/system/files/2025/02/VEeVE%2B.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%20%2B%20HOMOL.pdf</t>
   </si>
   <si>
     <t>90020/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90020/2024</t>
   </si>
   <si>
     <t>EOF-2024/114</t>
   </si>
   <si>
     <t>27/05/2024</t>
   </si>
   <si>
     <t>Aquisição de diversos materiais para áudio, vídeo e foto, tais como headphones, alto falantes, microfones, mesa de som, etc., visando ao atendimento de diversos setores do Tribunal (CINOVA, CCJF, NUREF, EMARF e NCON).</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90020-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-pe-90020.zip, https://www.trf2.jus.br/system/files/2025/02/VE_66.pdf, https://www.trf2.jus.br/system/files/2024/05/esclarecimento-1-1.pdf, https://www.trf2.jus.br/system/files/2024/10/esclarecimento-2-1.pdf, https://www.trf2.jus.br/system/files/2025/03/REL%2BHOMOL_1.pdf</t>
   </si>
   <si>
+    <t>90032/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90032/2024</t>
+  </si>
+  <si>
+    <t>EOF-2024/134</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para fornecimento de 4000 (quatro mil) etiquetas para livros e periódicos, para a biblioteca do CCJF.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90032-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-pe-90032.zip, https://www.trf2.jus.br/system/files/2024/07/ve-5_0.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-4_0.pdf</t>
+  </si>
+  <si>
     <t>90027/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90027/2024</t>
   </si>
   <si>
     <t>EOF-2023/304</t>
   </si>
   <si>
-    <t>24/05/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para prestação de serviços continuados de manutenção preventiva, preditiva e corretiva das instalações prediais e seus equipamentos, dos imóveis ocupados pelo Tribunal Regional Federal da 2ª Região, com fornecimento de materiais, ferramentas e equipamentos necessários.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90027-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp_0.zip, https://www.trf2.jus.br/system/files/2025/02/VE_67.pdf, https://www.trf2.jus.br/system/files/2024/05/esclarecimento-1_0.pdf, https://www.trf2.jus.br/system/files/2024/05/esclarecimento-2.pdf, https://www.trf2.jus.br/system/files/2024/05/impugnacao-1.pdf, https://www.trf2.jus.br/system/files/2024/05/aviso-de-suspensao_0.pdf, https://www.trf2.jus.br/system/files/2025/02/Publica%C3%A7%C3%A3o%20Reabertura%20Licita%C3%A7%C3%A3o%20-%20Pr.%2090027-24%20-%20DOU.pdf, https://www.trf2.jus.br/system/files/2025/02/Rel%2BHomol_9.pdf</t>
   </si>
   <si>
     <t>90030/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90030/2024</t>
   </si>
   <si>
     <t>EOF-2024/110</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de 01 (um) aparelho de laser de baixa potência, em conjunto com (03) três óculos de proteção e (01) kit de corantes azul de metileno 0.01% para terapia fotodinâmica.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90030-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-90030.zip, https://www.trf2.jus.br/system/files/2024/07/ve-3_0.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-3_0.pdf</t>
   </si>
   <si>
-    <t>90032/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90028/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90028/2024</t>
   </si>
   <si>
     <t>EOF-2024/094 - SRP</t>
   </si>
   <si>
     <t>23/05/2024</t>
   </si>
   <si>
     <t>Aquisição de containers de lixo, para uso em órgãos da Justiça Federal, tendo como órgão gerenciador o Tribunal Regional Federal da 2ª Região (Rio de Janeiro) e como partícipes o Tribunal Regional Federal da 1ª Região (Brasília) e o Conselho de Justiça Federal (Brasília), através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90028-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-1.zip, https://www.trf2.jus.br/system/files/2025/02/VE_68.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%2BHOMOL_10.pdf</t>
   </si>
   <si>
     <t>90029/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90029/2024</t>
@@ -4139,86 +4229,86 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/trf2cap202407822.pdf, https://www.trf2.jus.br/system/files/2024/05/ve_0.pdf, https://www.trf2.jus.br/system/files/2024/05/impugnacao-1-2.pdf, https://www.trf2.jus.br/system/files/2024/05/rel-homol_0.pdf</t>
   </si>
   <si>
     <t>90025/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90025/2024</t>
   </si>
   <si>
     <t>EOF-2024/104</t>
   </si>
   <si>
     <t>13/05/2024</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de limpeza e de secagem de pó e água para o prédio do Tribunal Regional Federal da 2ª Região e CCJF.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90025-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-pe-90025.zip, https://www.trf2.jus.br/system/files/2025/02/VE_69.pdf, https://www.trf2.jus.br/system/files/2024/05/esclarecimento-1-3.pdf, https://www.trf2.jus.br/system/files/2024/05/esclarecimentos-pregao-90025-comprasnet.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-5_0.pdf</t>
   </si>
   <si>
+    <t>90023/2024 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>90023/2024</t>
+  </si>
+  <si>
+    <t>EOF-2024/078</t>
+  </si>
+  <si>
+    <t>Fornecimento de andaimes.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-90023-2024</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-pe-90023.zip, https://www.trf2.jus.br/system/files/2024/07/ve-5_1.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-7.pdf</t>
+  </si>
+  <si>
     <t>90024/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90024/2024</t>
   </si>
   <si>
     <t>EOF-2024/038 - SRP</t>
   </si>
   <si>
     <t>Aquisição de cartuchos (cabeças de impressão) e cartuchos de tinta para impressoras HP T111 e HP T1300, visando ao atendimento ao Centro Cultural da Justiça Federal, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90024-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-e-etp-pe-90024.zip, https://www.trf2.jus.br/system/files/2024/07/ve-6.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-8.pdf</t>
   </si>
   <si>
-    <t>90023/2024 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>90026/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90026/2024</t>
   </si>
   <si>
     <t>EOF-2024/070</t>
   </si>
   <si>
     <t>08/05/2024</t>
   </si>
   <si>
     <t>Aquisição de materiais diversos visando ao atendimento das demandas da Justiça Itinerante e demais setores do Tribunal.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90026-2024</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/05/edital-90026-24.pdf, https://www.trf2.jus.br/system/files/2024/07/ve-9.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-10.pdf</t>
   </si>
   <si>
     <t>90016/2024 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90016/2024</t>
@@ -4556,86 +4646,86 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2090003-24.zip, https://www.trf2.jus.br/system/files/2024/03/ve-6_4.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao-1_4.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-3_3.pdf</t>
   </si>
   <si>
     <t>00094/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00094/2023</t>
   </si>
   <si>
     <t>EOF-2023/172</t>
   </si>
   <si>
     <t>03/01/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de gêneros alimentícios, de forma parcelada, mediante requisição, para o lanche de magistrados nas sessões de julgamento, sessões plenárias, cursos, palestras e outros eventos no Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00094-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2094-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-5_2.pdf, https://www.trf2.jus.br/system/files/2024/03/rel-homol_0.pdf</t>
   </si>
   <si>
+    <t>00102/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00102/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/189</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para fornecimento médio mensal estimado de 700 (setecentos) garrafões de 20 (vinte) litros de água mineral, com obrigatoriedade de realização de análises de água mensais, compondo o preço final do produto, e para fornecimento de 200 galões de 20 litros vazios, uma vez no ano, para o Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00102-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20102-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-7.pdf, https://www.trf2.jus.br/system/files/2024/03/rel-homol-1.pdf</t>
+  </si>
+  <si>
     <t>00081/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00081/2023</t>
   </si>
   <si>
     <t>EOF-2023/150</t>
   </si>
   <si>
     <t>Prestação de serviço de fornecimento de arranjos florais, sob demanda.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00081-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2081-23.zip, https://www.trf2.jus.br/system/files/2025/02/VE_84.pdf, https://www.trf2.jus.br/system/files/2025/02/Rel.%20%2B%20Homol._2.pdf</t>
   </si>
   <si>
-    <t>00102/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00113/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00113/2023</t>
   </si>
   <si>
     <t>EOF-2021/199</t>
   </si>
   <si>
     <t>22/12/2023</t>
   </si>
   <si>
     <t>Aquisição de equipamento DIMMER e lâmpadas dimerizáveis para o prédio do Centro Cultural da Justiça Federal - CCJF.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00113-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20113-23.zip, https://www.trf2.jus.br/system/files/2024/07/ve-9_0.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-4_2.pdf</t>
   </si>
   <si>
     <t>00070/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00070/2023</t>
@@ -4790,89 +4880,89 @@
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00146-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20146-23.zip, https://www.trf2.jus.br/system/files/2024/02/ve-2.pdf, https://www.trf2.jus.br/system/files/2024/02/esclarecimento-1-4.pdf, https://www.trf2.jus.br/system/files/2024/02/esclarecimento-2-3.pdf, https://www.trf2.jus.br/system/files/2024/02/esclarecimento-3_0.pdf, https://www.trf2.jus.br/system/files/2024/02/relatorio-termo-homologacao-09002805001462023-item-1.pdf</t>
   </si>
   <si>
     <t>00117/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00117/2023</t>
   </si>
   <si>
     <t>EOF-2023/217</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração dos Projetos Legal e Executivo de Prevenção e Combate a Incêndio e Pânico.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00117-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20117-25.zip, https://www.trf2.jus.br/system/files/2024/03/ve-6_1.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao-1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-2.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2-2.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-5_0.pdf</t>
   </si>
   <si>
+    <t>00091/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00091/2023</t>
+  </si>
+  <si>
+    <t>2023/161</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada em gestão de abastecimento de frota por meio de uso de cartões magnéticos em postos de combustíveis credenciados, que serão utilizados pelos veículos oficiais e os grupos motogeradores pertencentes ao Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00091-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2091-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-4_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-3_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2-1.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-3.pdf</t>
+  </si>
+  <si>
     <t>00144/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00144/2023</t>
   </si>
   <si>
     <t>EOF-2023/142</t>
   </si>
   <si>
-    <t>30/11/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de andaimes e escadas para desenvolvimento de serviços de manutenção predial do CCJF, visando assegurar a continuidade da manutenção preventiva e corretiva do referido prédio do Centro Cultural Justiça Federal (CCJF), localizado na Avenida Rio Branco nº 241 - Centro - Rio de janeiro - RJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00144-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20144-23.zip, https://www.trf2.jus.br/system/files/2024/02/ve-8.pdf, https://www.trf2.jus.br/system/files/2024/02/relatorio-homologacao-7.pdf</t>
   </si>
   <si>
-    <t>00091/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00112/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00112/2023</t>
   </si>
   <si>
     <t>EOF-2023/191</t>
   </si>
   <si>
     <t>Contratação de serviço de plano ou seguro-saúde, através de pessoa jurídica de direito privado, que opere Plano ou Seguro Privado de Assistência à Saúde, registrada na Agência Nacional de Saúde Suplementar (ANS) e com cobertura em todo o território nacional, englobando os segmentos ambulatorial, hospitalar e obstetrícia, com as exigências mínimas estabelecidas nos incisos I, II, III, V, VI e VII do artigo 12 da Lei nº 9.656/98, conforme Edital.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00112-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20112-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-10.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2.pdf, https://www.trf2.jus.br/system/files/2024/03/rel-homol.pdf</t>
   </si>
   <si>
     <t>00145/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00145/2023</t>
   </si>
   <si>
     <t>EOF-2023/202</t>
@@ -5030,83 +5120,83 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20135-23.zip, https://www.trf2.jus.br/system/files/2024/02/ve-7.pdf, https://www.trf2.jus.br/system/files/2024/02/impugnacao-1-2.pdf, https://www.trf2.jus.br/system/files/2024/02/relatorio-homologacao-6.pdf</t>
   </si>
   <si>
     <t>00074/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00074/2023</t>
   </si>
   <si>
     <t>EOF-2023/141 - SRP</t>
   </si>
   <si>
     <t>10/11/2023</t>
   </si>
   <si>
     <t>Contratação de laboratório de análises clínicas ou empresa especializada para realização de exames complementares laboratoriais e de imagem, relativos aos Exames Periódicos de Saúde, para magistrados e servidores do Tribunal Regional Federal da 2ª Região, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00074-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2074-23.zip, https://www.trf2.jus.br/system/files/2024/07/ve-19.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-2_1.pdf</t>
   </si>
   <si>
+    <t>00110/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00110/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/104</t>
+  </si>
+  <si>
+    <t>31/10/2023</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00110-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20110-23%20%20%5B2023-104%5D.zip, https://www.trf2.jus.br/system/files/2025/02/VE_78.pdf, https://www.trf2.jus.br/system/files/2025/02/Publica%C3%A7%C3%A3o%20Revoga%C3%A7%C3%A3o%20Licita%C3%A7%C3%A3o%20-%20Pr.%20110-23%20-%20DOU.pdf, https://www.trf2.jus.br/system/files/2025/02/Rel.%20%2B%20Homol..pdf</t>
+  </si>
+  <si>
     <t>00083/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00083/2023</t>
   </si>
   <si>
-    <t>31/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição e renovação de softwares diversos do Tribunal Regional Federal da 2ª Região situado a rua do Acre nº 80, Centro-RJ, por meio do Sistema de Registro de Preços, atuando o Tribunal Regional Federal da 2ª Região (TRF2) como Gerenciador e as Seções Judiciárias do Rio de Janeiro (SJRJ) e Espírito Santo (SJES) como Participantes.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00083-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2083-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-14.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-2_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2-2_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-13.pdf</t>
   </si>
   <si>
-    <t>00110/2023 (Pregão eletrônico)</t>
-[...13 lines deleted...]
-  <si>
     <t>00119/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00119/2023</t>
   </si>
   <si>
     <t>EOF-2023/220 - SRP</t>
   </si>
   <si>
     <t>30/10/2023</t>
   </si>
   <si>
     <t>Aquisição de diversos materiais de consumo - expediente e copa e cozinha, através do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00119-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20119-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-15.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao-1_compressed.pdf, https://www.trf2.jus.br/system/files/2025/02/TERMOS%20DE%20JULGAMENTO%20E%20HOMOLOGA%C3%87%C3%83O_0.pdf</t>
   </si>
   <si>
     <t>00071/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00071/2023</t>
@@ -5246,167 +5336,167 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20133-23.zip, https://www.trf2.jus.br/system/files/2024/02/ve-4.pdf, https://www.trf2.jus.br/system/files/2024/02/relatorio-homologacao-3.pdf</t>
   </si>
   <si>
     <t>00134/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00134/2023</t>
   </si>
   <si>
     <t>EOF-2023/118</t>
   </si>
   <si>
     <t>19/10/2023</t>
   </si>
   <si>
     <t>Aquisição de 40 (quarenta) armários de aço (Roupeiro), através do Sistema de Registro de Preços, que serão utilizados pelos Agentes de Polícia Judicial do Tribunal Regional Federal da 2ª Região, para guarda de uniformes operacionais, uniforme social (Terno), roupas de uso e pertences pessoais..</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00134-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20134-23.zip, https://www.trf2.jus.br/system/files/2024/02/ve-11.pdf, https://www.trf2.jus.br/system/files/2024/02/relatorio-homologacao-10.pdf</t>
   </si>
   <si>
+    <t>00047/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00047/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/081 - SRP</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>Contratação de empresa ou profissional autônomo para confecção de vestes talares (Togas e Capas de Advogados e Secretários), para os Desembargadores e Auxiliares, bem como para realizar consertos em peças já existentes, por meio do Sistema de Registro de Preços.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00047-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2047-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-10_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-9.pdf</t>
+  </si>
+  <si>
     <t>00106/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00106/2023</t>
   </si>
   <si>
     <t>EOF-2023/166 - SRP</t>
   </si>
   <si>
-    <t>18/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de subscrição de serviços de videoconferência em nuvem do Zoom, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00106-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20106-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-3_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-2.pdf</t>
   </si>
   <si>
-    <t>00047/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00085/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00085/2023</t>
   </si>
   <si>
     <t>EOF-2023/088 - SRP</t>
   </si>
   <si>
     <t>Aquisição de licenças de softwares, para a Justiça Federal da 2ª Região, por meio do Sistema de Registro de Preços, atuando o Tribunal Regional Federal da 2ª Região (TRF2) como gerenciador e as Seções Judiciárias do Rio de Janeiro (SJRJ) e do Espírito Santo (SJES) como Participantes, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00085-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2085-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-1_1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2_1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-3_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-1.pdf</t>
   </si>
   <si>
     <t>00122/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00122/2023</t>
   </si>
   <si>
     <t>EOF-2023/224</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>Aquisição de equipamentos eletrônicos diversos: microfones, fone de ouvido, caixas acústicas, tripés, medusa, monitor, filmadora e placa de captura.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00122-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20122-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-6_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-5.pdf</t>
   </si>
   <si>
+    <t>00079/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00079/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/066</t>
+  </si>
+  <si>
+    <t>10/10/2023</t>
+  </si>
+  <si>
+    <t>Contratação de empresa fornecedora de serviço de suporte ao software de gerenciamento de Backup "NetBackup", para renovação da garantia de atualizações de versões e de suporte técnico pelo período de, no mínimo, 3 (três) anos.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00079-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2079-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-3_1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-5.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-2_1.pdf</t>
+  </si>
+  <si>
     <t>00095/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00095/2023</t>
   </si>
   <si>
     <t>EOF-2023/175</t>
   </si>
   <si>
-    <t>10/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a realização do serviço de Ignifugação (tratamento retardante à ação do fogo), e regularização dos serviços junto ao CBMERJ.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00095-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2095-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-5_1.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-4_2.pdf</t>
   </si>
   <si>
-    <t>00079/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00105/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00105/2023</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
     <t>Contratação de companhia seguradora para cobertura dos bens imóveis, pertencentes à União, utilizados pelo Tribunal Regional Federal da 2ª Região, bem como para os bens móveis, integrantes de seu patrimônio, e alocados nos referidos imóveis, pelo período de 12 (doze) meses, no mínimo, conforme especificações estipuladas no Termo de Referência - Anexo I do Edital.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00105-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20105-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-1_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-1.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-2_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-3.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-4.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-5.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao.pdf</t>
   </si>
   <si>
     <t>00059/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00059/2023</t>
   </si>
   <si>
     <t>EOF-2023/111 - SRP</t>
@@ -5498,89 +5588,89 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2080-23.zip, https://www.trf2.jus.br/system/files/2025/02/VE_80.pdf, https://www.trf2.jus.br/system/files/2025/02/REL.%20%2B%20HOMOL._0.pdf</t>
   </si>
   <si>
     <t>00124/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00124/2023</t>
   </si>
   <si>
     <t>EOF-2023/086</t>
   </si>
   <si>
     <t>15/09/2023</t>
   </si>
   <si>
     <t>Aquisição de cones de sinalização e segurança viária para atender às necessidades deste Tribunal.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00124-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20124-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao-1-2.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-7.pdf, https://www.trf2.jus.br/system/files/2024/03/julgamento-homologacao.pdf</t>
   </si>
   <si>
+    <t>00121/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00121/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/082</t>
+  </si>
+  <si>
+    <t>14/09/2023</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada ou profissional autônomo para prestação de serviços especializados em limpeza, manutenção, regulagem e afinação de um piano Fritz Dobbert de ¼ (um quarto) de cauda do Centro Cultural Justiça Federal/TRF2.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00121-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20121-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-1.pdf, https://www.trf2.jus.br/system/files/2024/03/julgamento-homologacao_0.pdf</t>
+  </si>
+  <si>
     <t>00090/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00090/2023</t>
   </si>
   <si>
     <t>EOF-2022/105 - SRP</t>
   </si>
   <si>
-    <t>14/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de material de consumo para a manutenção da infraestrutura de rede de dados, para a Justiça Federal da 2ª Região, atuando o Tribunal Regional Federal da 2ª Região (TRF2) como Gerenciador e a Seção Judiciária do Rio de Janeiro (SJRJ) como Participante, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00090-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2090-23.zip, https://www.trf2.jus.br/system/files/2025/02/VE_83.pdf, https://www.trf2.jus.br/system/files/2024/03/rh-t-1_0.pdf</t>
   </si>
   <si>
-    <t>00121/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00001/2023 (Dispensa de licitação)</t>
   </si>
   <si>
     <t>00001/2023</t>
   </si>
   <si>
     <t>Dispensa de licitação</t>
   </si>
   <si>
     <t>EOF-2021/099</t>
   </si>
   <si>
     <t>Contratação de empresa visando à aquisição de carregador de bateria para filmadora profissional (modelo Sony PMW520).</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/Dispensa%201-23.pdf, https://www.trf2.jus.br/system/files/2024/03/ve_5.pdf, https://www.trf2.jus.br/system/files/2024/03/etp_5.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao_4.pdf</t>
   </si>
   <si>
     <t>00004/2023 (Dispensa de licitação)</t>
   </si>
   <si>
     <t>00004/2023</t>
   </si>
   <si>
     <t>EOF-2023/128</t>
@@ -5693,83 +5783,83 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2049-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-7_3.pdf, https://www.trf2.jus.br/system/files/2025/02/REL%20%2B%20HOMOL_2.pdf</t>
   </si>
   <si>
     <t>00055/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00055/2023</t>
   </si>
   <si>
     <t>EOF-2023/096</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção corretiva dos equipamentos e instalações que compõem os sistemas de iluminação, sonorização e vídeo do Teatro e do Cinema do Centro Cultural Justiça Federal (CCJF), localizado na Avenida Rio Branco, 241, Centro, Rio de Janeiro, com alocação de mão de obra para os serviços de operação dos referidos sistemas.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00055-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2055-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-5_3.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-3_2.pdf</t>
   </si>
   <si>
+    <t>00065/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00065/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/124 - SRP</t>
+  </si>
+  <si>
+    <t>25/08/2023</t>
+  </si>
+  <si>
+    <t>Fornecimento de 20 (vinte) refrigeradores tipo frigobar para o prédio do Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00065-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2065-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-8_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1-1_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-5_2.pdf</t>
+  </si>
+  <si>
     <t>00067/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00067/2023</t>
   </si>
   <si>
-    <t>25/08/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.gov.br/compras/edital/90028-5-00067-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2067-23.zip, https://www.trf2.jus.br/system/files/2025/02/VE_86.pdf, https://www.trf2.jus.br/system/files/2025/02/Publica%C3%A7%C3%A3o%20Suspens%C3%A3o%20Licita%C3%A7%C3%A3o%20-%20Pr.%2067-23%20-%20DOU.pdf</t>
   </si>
   <si>
-    <t>00065/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00084/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00084/2023</t>
   </si>
   <si>
     <t>EOF-2023/036 - SRP</t>
   </si>
   <si>
     <t>23/08/2023</t>
   </si>
   <si>
     <t>Fornecimento e instalação de discos de performance para os atuais equipamentos de armazenamento (Storage) do Tribunal Regional Federal da 2ª Região e da Seção Judiciária do Rio de Janeiro, por meio do Sistema de Registro de Preços, atuando o Tribunal Regional Federal da 2ª Região (TRF2) como Gerenciador e a Seção Judiciária do Rio de Janeiro (SJRJ) como Participante</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00084-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2084-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve_0.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1_1.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao_0.pdf</t>
   </si>
   <si>
     <t>00073/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00073/2023</t>
@@ -5789,89 +5879,89 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2073-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-2_1.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-2_2.pdf</t>
   </si>
   <si>
     <t>00089/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00089/2023</t>
   </si>
   <si>
     <t>EOF-2023/154</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
     <t>Aquisição de materiais e ferramentas para a Oficina de Marcenaria do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00089-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2089-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-7_1.pdf, https://www.trf2.jus.br/system/files/2024/03/rt-t.pdf</t>
   </si>
   <si>
+    <t>00043/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00043/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/075</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>Aquisição de colchões para o dormitório dos Agentes da Polícia Judicial do Tribunal Regional Federal da 2ª Região.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00043-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2043-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-5_4.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-5_3.pdf</t>
+  </si>
+  <si>
     <t>00039/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00039/2023</t>
   </si>
   <si>
     <t>EOF-2023/071</t>
   </si>
   <si>
-    <t>31/07/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de rotulador profissional portátil para a impressão de etiquetas para identificação de cabos, blocos terminais, painéis, equipamentos de comunicação, ferramentas e demais componentes da rede de cabeamento estruturado do Tribunal Regional Federal da 2ª Região.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00039-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2039-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-6_3.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-6_0.pdf</t>
   </si>
   <si>
-    <t>00043/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00101/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00101/2023</t>
   </si>
   <si>
     <t>EOF-2020/295</t>
   </si>
   <si>
     <t>Contratação de empresa para a execução de serviços especializados em operação, manutenção preditiva, preventiva e corretiva dos sistemas de ar condicionado central (expansão direta e indireta) e individuais e nos sistemas de ventilação e exaustão mecânicas, com fornecimento de mão de obra e materiais, nas edificações do Tribunal Regional Federal da 2ª Região situadas à Rua Acre nº 80, Rua Visconde de Inhaúma nº 68 e CCJF na Av. Rio Branco nº 241.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00101-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20101-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-4.pdf, https://www.trf2.jus.br/system/files/2025/02/Esclarecimento-1_0.pdf, https://www.trf2.jus.br/system/files/2025/02/Esclarecimento-2_0.pdf, https://www.trf2.jus.br/system/files/2025/02/Esclarecimento-3.pdf, https://www.trf2.jus.br/system/files/2025/02/Esclarecimento-4.pdf, https://www.trf2.jus.br/system/files/2025/02/Esclarecimento-5.pdf, https://www.trf2.jus.br/system/files/2024/03/impugnacao.pdf, https://www.trf2.jus.br/system/files/2024/03/publicacao-adiamento-jodia-dou-e-dje.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-101-23-resultado-julgamento-homologacao.pdf</t>
   </si>
   <si>
     <t>00057/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00057/2023</t>
   </si>
   <si>
     <t>EOF-2023/105</t>
@@ -6461,86 +6551,86 @@
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%2028-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado-4_1.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-28-23-resultado-adjudicacao-homologacao.pdf</t>
   </si>
   <si>
     <t>00025/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00025/2023</t>
   </si>
   <si>
     <t>EOF-2023/013 - SRP</t>
   </si>
   <si>
     <t>28/03/2023</t>
   </si>
   <si>
     <t>Aquisição de material de consumo para processamento de dados - cartuchos de toner, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00025-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/03/EDITAL%20e%20ETP%20-%20PE%2025-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado-3_0.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-25-23-resultado-adjudicacao-homologacao.pdf</t>
   </si>
   <si>
+    <t>00021/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00021/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/024 - SRP</t>
+  </si>
+  <si>
+    <t>17/03/2023</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento e aplicação de vacinas contra a gripe de Vírus Influenza H1N1 e Sazonal, sendo a vacina quadrivalente (também denominada tetravalente), com a composição preconizada pela OMS - Organização Mundial de Saúde e referendada pelo Ministério da Saúde através da INSTRUÇÃO NORMATIVA - IN N° 189, DE 26 DE OUTUBRO DE 2022 da ANVISA.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00021-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/03/EDITAL%20e%20ETP%20-%20PE%2021-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado-1_1.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-21-23-resultado-adjudicacao-homologacao.pdf</t>
+  </si>
+  <si>
     <t>00004/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>EOF-2022/310</t>
   </si>
   <si>
-    <t>17/03/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a prestação de serviços de acesso móvel à internet (Banda Larga) com tecnologia 4G ou superior, através da infraestrutura de rede celular, disponibilizando 55 terminais habilitados, sendo a franquia de 6 GB de dados para 54 linhas e 100 GB de dados para 01 linha.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00004-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%204-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado_5.pdf, https://www.trf2.jus.br/system/files/2024/03/esclarecimento-1_6.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-4-23-resultado-adjudicacao-homologacao.pdf</t>
   </si>
   <si>
-    <t>00021/2023 (Pregão eletrônico)</t>
-[...16 lines deleted...]
-  <si>
     <t>00018/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00018/2023</t>
   </si>
   <si>
     <t>EOF-2022/168</t>
   </si>
   <si>
     <t>08/03/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de assistência técnica para a solução de ambiente físico seguro de alta disponibilidade e seus subsistemas, do tipo Sala-Cofre Modular, do Tribunal Regional Federal da 2ª Região (TRF2) e Seção Judiciária do Rio de Janeiro (SJRJ), abrangendo manutenção preventiva, manutenção preditiva, manutenção corretiva, manutenção evolutiva, e suporte técnico, com reposição total de peças e componentes.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00018-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/03/EDITAL%20e%20ETP%20-%20PE%2018-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado-4_2.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-18-23-resultado-adjudicacao-homologacao-2022-168.pdf</t>
   </si>
   <si>
     <t>00017/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>00017/2023</t>
@@ -6675,109 +6765,103 @@
     <t>Contratação de empresa para eventual fornecimento de medicamentos e insumos hospitalares, com o fim de assegurar que sejam prestados atendimentos médicos e de enfermagem a magistrados, servidores, prestadores e estagiários, por meio do Sistema de Registro de Preços.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00011-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/03/EDITAL%20e%20ETP%20-%20PE%2011-23.zip, https://www.trf2.jus.br/system/files/2024/03/valor-estimado_3.pdf, https://www.trf2.jus.br/system/files/2024/03/ata-pr-11-23-resultado-adjudicacao-homologacao-eof-2022-206.pdf</t>
   </si>
   <si>
     <t>00001/2023 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>EOF-2022/347</t>
   </si>
   <si>
     <t>08/01/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços técnicos em manutenção preventiva e corretiva para os SISTEMAS DE ARQUIVOS DESLIZANTES ELETRÔNICOS, instalados no Arquivo Geral e na Biblioteca deste E. Tribunal, com cobertura total de peças de reposição originais, ou similares no complexo predial do Tribunal Regional Federal da 2ª Região, situado à Rua Acre nº 80.</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-00001-2023</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%201-23.zip, https://www.trf2.jus.br/system/files/2025/02/VE_81.pdf, https://www.trf2.jus.br/system/files/2024/07/rel-homol-3_1.pdf</t>
-  </si>
-[...43 lines deleted...]
-    <t>https://www.trf2.jus.br/system/files/2024/03/edital-90007-24.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio.pdf, https://www.trf2.jus.br/system/files/2024/03/etp-1_5.pdf, https://www.trf2.jus.br/system/files/2024/03/ve-1_5.pdf</t>
   </si>
   <si>
     <t>1 (Chamamento público)</t>
   </si>
   <si>
     <t>Chamamento público</t>
   </si>
   <si>
     <t>O Tribunal Regional Federal da 2ª Região torna pública a intenção de contratação de serviço de comunicação de dados para acesso permanente, dedicado, exclusivo e por meio do protocolo IP à rede mundial de computadores Internet, incluindo a instalação e sustentação dos recursos necessários para garantir a disponibilidade do serviço, bem como a prestação do serviço de segurança para proteção do acesso à Internet.
 As minutas dos Estudos Técnicos Preliminares e Termo de Referência para a contratação encontram-se disponíveis, nos endereços: https://static.trf2.jus.br/nas-internet/pdf/anexoI-2-estudo-tecnico-preliminar-v1.pdf ​e https://static.trf2.jus.br/nas-internet/pdf/07-termo-de-referencia-v15…, respectivamente, com objetivo de receber eventuais contribuições.
 As eventuais manifestações deverão ser encaminhadas no prazo máximo de 10 (dez) dias, a contar da data de publicação desta Consulta no Diário Oficial da União, para o e-mail cpl@trf2.jus.br</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2024/10/ETP%20e%20TER%20-%20CHAMAMENTO%20P%C3%9ABLICO%20N%C2%BA%201.pdf, https://www.trf2.jus.br/system/files/2024/10/Publica%C3%A7%C3%A3o%20Consulta%20P%C3%BAblica%20n%C2%BA%201%20-%20DJE%2C%20DOU%20e%20O%20DIA.pdf</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/03/ve_7.pdf, https://www.trf2.jus.br/system/files/2024/03/etp_7.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao_5.pdf, https://www.trf2.jus.br/system/files/2024/03/edital-90004-24-eof23-214.pdf</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/03/edital-90007-24.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio.pdf, https://www.trf2.jus.br/system/files/2024/03/etp-1_5.pdf, https://www.trf2.jus.br/system/files/2024/03/ve-1_5.pdf</t>
+  </si>
+  <si>
+    <t>00114/2023 (Pregão eletrônico)</t>
+  </si>
+  <si>
+    <t>00114/2023</t>
+  </si>
+  <si>
+    <t>EOF-2023/210</t>
+  </si>
+  <si>
+    <t>Aquisição de eletrodomésticos para o Tribunal Regional Federal da 2ª Região, situado na rua Acre nº 80 - Centro - RJ.</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/compras/edital/90028-5-00114-2023</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2025/02/EDITAL%20e%20ETP%20-%20PE%20114-23.zip, https://www.trf2.jus.br/system/files/2024/03/ve-5_0.pdf, https://www.trf2.jus.br/system/files/2024/03/relatorio-homologacao-4_1.pdf</t>
+  </si>
+  <si>
+    <t>00001/2010 (Edital de credenciamento)</t>
+  </si>
+  <si>
+    <t>00001/2010</t>
+  </si>
+  <si>
+    <t>919/09/2010-EOF</t>
+  </si>
+  <si>
+    <t>Credenciamento de tradutores juramentados, pessoas físicas, que integrem a lista da JUCERJA, visando, inicialmente, à realização de versão de aproximadamente 500 (quinhentas) laudas de texto em língua portuguesa para francesa.</t>
+  </si>
+  <si>
+    <t>https://www.trf2.jus.br/system/files/2024/10/edital_de_credenciamento_para_tradutores.pdf, https://www.trf2.jus.br/system/files/2024/10/anexo_i-requerimento_de_credenciamento.pdf, https://www.trf2.jus.br/system/files/2024/10/anexo_ii-deliberacao_jucerja_30-2009.pdf, https://www.trf2.jus.br/system/files/2024/10/anexo_iii-instrucao_normativa_84-00-dnrc.pdf</t>
   </si>
   <si>
     <t>90084/2025 (Pregão eletrônico)</t>
   </si>
   <si>
     <t>90084/2025</t>
   </si>
   <si>
     <t>0004676-78.2025.4.02.8000</t>
   </si>
   <si>
     <t>Aquisição de uma impressora de cartões de PVC, comsoftware destinado à manipulação do banco de dados e layouts das mídias a serem impressas e kit deinsumos para funcionamento inicial do equipamento</t>
   </si>
   <si>
     <t>https://www.gov.br/compras/edital/90028-5-90084-2025</t>
   </si>
   <si>
     <t>https://www.trf2.jus.br/system/files/2025/09/EDITAL%20-%20ANEXOS%20-%20ETP_0.zip, https://www.trf2.jus.br/system/files/2025/09/MAPA_ESTIMATIVO_IMPRESSORA_E_KIT.pdf, https://www.trf2.jus.br/system/files/2025/11/ilovepdf_merged%20%282%29_0.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -7102,68 +7186,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K340"/>
+  <dimension ref="A1:K344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:K340"/>
+      <selection activeCell="A1" sqref="A1:K344"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="707.684" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="3215.786" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -7183,11840 +7267,11980 @@
     <row r="2" spans="1:11">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="1">
-        <v>90028</v>
+      <c r="I2" s="1" t="s">
+        <v>13</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="1">
-        <v>90087</v>
+        <v>90028</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="1">
-        <v>90073</v>
+        <v>90128</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="1">
-        <v>90124</v>
+        <v>90028</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="1">
-        <v>90028</v>
+        <v>90087</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I7" s="1">
-        <v>90126</v>
+        <v>90073</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I8" s="1">
-        <v>90123</v>
+        <v>90124</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I9" s="1">
-        <v>90122</v>
+        <v>90028</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I10" s="1">
-        <v>90121</v>
+        <v>90126</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I11" s="1">
-        <v>90028</v>
+        <v>90123</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I12" s="1">
-        <v>90110</v>
+        <v>90122</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I13" s="1">
-        <v>90115</v>
+        <v>90121</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I14" s="1">
-        <v>90116</v>
+        <v>90028</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I15" s="1">
-        <v>90028</v>
+        <v>90110</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I16" s="1">
-        <v>90120</v>
+        <v>90115</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I17" s="1">
-        <v>90112</v>
+        <v>90116</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I18" s="1">
-        <v>90105</v>
+        <v>90028</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>132</v>
       </c>
       <c r="I19" s="1">
-        <v>90119</v>
+        <v>90120</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>133</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I20" s="1">
-        <v>90069</v>
+        <v>90112</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="F21" s="1"/>
+      <c r="F21" s="1" t="s">
+        <v>144</v>
+      </c>
       <c r="G21" s="1" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I21" s="1">
-        <v>90028</v>
+        <v>90105</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I22" s="1">
-        <v>90114</v>
+        <v>90069</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="F23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="I23" s="1">
         <v>90028</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I24" s="1">
-        <v>90028</v>
+        <v>90119</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I25" s="1">
-        <v>90028</v>
+        <v>90114</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I26" s="1">
         <v>90028</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I27" s="1">
         <v>90028</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I28" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="I28" s="1">
+        <v>90028</v>
+      </c>
       <c r="J28" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I29" s="1">
         <v>90028</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I30" s="1">
         <v>90028</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I31" s="1">
         <v>90028</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="I32" s="1"/>
       <c r="J32" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I33" s="1">
         <v>90028</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="I34" s="1">
         <v>90028</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I35" s="1">
         <v>90028</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I36" s="1">
         <v>90028</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I37" s="1">
         <v>90028</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I38" s="1">
         <v>90028</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I39" s="1">
         <v>90028</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="I40" s="1">
         <v>90028</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I41" s="1">
-        <v>90092</v>
+        <v>90028</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I42" s="1">
-        <v>90072</v>
+        <v>90028</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I43" s="1">
         <v>90028</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I44" s="1">
-        <v>90090</v>
+        <v>90092</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I45" s="1">
-        <v>90028</v>
+        <v>90072</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>14</v>
+        <v>304</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="I46" s="1">
         <v>90028</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>310</v>
+        <v>15</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>313</v>
-[...4 lines deleted...]
-      <c r="J47" s="1"/>
+        <v>315</v>
+      </c>
+      <c r="I47" s="1">
+        <v>90028</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>316</v>
+      </c>
       <c r="K47" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I48" s="1">
-        <v>90028</v>
+        <v>90090</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I49" s="1">
         <v>90028</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I50" s="1">
         <v>90028</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>15</v>
+        <v>340</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>341</v>
-[...6 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="J51" s="1"/>
       <c r="K51" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="I52" s="1">
-        <v>90078</v>
+        <v>90028</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="I53" s="1"/>
+        <v>357</v>
+      </c>
+      <c r="I53" s="1">
+        <v>90028</v>
+      </c>
       <c r="J53" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="I54" s="1"/>
+        <v>364</v>
+      </c>
+      <c r="I54" s="1">
+        <v>90028</v>
+      </c>
       <c r="J54" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="I55" s="1">
-        <v>90028</v>
+        <v>90078</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="I56" s="1">
-        <v>90077</v>
+        <v>90028</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="I59" s="1">
-        <v>90028</v>
+        <v>90077</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="I60" s="1">
-        <v>90070</v>
+        <v>90028</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="I61" s="1">
-        <v>90068</v>
+        <v>90028</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="I62" s="1">
-        <v>90067</v>
+        <v>90071</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>415</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="I63" s="1">
-        <v>90065</v>
+        <v>90028</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>16</v>
+        <v>424</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="I64" s="1">
-        <v>90028</v>
+        <v>90070</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>433</v>
+      </c>
+      <c r="I65" s="1">
+        <v>90068</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>440</v>
+      </c>
+      <c r="I66" s="1">
+        <v>90067</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>446</v>
+      </c>
+      <c r="I67" s="1">
+        <v>90065</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>448</v>
+        <v>37</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>452</v>
+      </c>
+      <c r="I68" s="1">
+        <v>90028</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="K68" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>90028</v>
+        <v>467</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>460</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>495</v>
+      </c>
+      <c r="I74" s="1">
+        <v>90028</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>194</v>
+        <v>500</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="F78" s="1"/>
+        <v>492</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="G78" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>524</v>
+        <v>208</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>310</v>
+        <v>541</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="F82" s="1"/>
       <c r="G82" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B91" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H91" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="I106" s="1"/>
+        <v>713</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>460</v>
+      </c>
       <c r="J106" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>90028</v>
+        <v>720</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>460</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>90028</v>
+        <v>727</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>460</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>90028</v>
+        <v>734</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>460</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>739</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="I110" s="1"/>
       <c r="J110" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>749</v>
+      </c>
+      <c r="I111" s="1">
+        <v>90028</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>756</v>
+      </c>
+      <c r="I112" s="1">
+        <v>90028</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>579</v>
+        <v>761</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>762</v>
+      </c>
+      <c r="I113" s="1">
+        <v>90028</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>769</v>
+      </c>
+      <c r="I114" s="1">
+        <v>90028</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>784</v>
+        <v>739</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>777</v>
+        <v>609</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>779</v>
+        <v>610</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>784</v>
+        <v>340</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>710</v>
+        <v>807</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H121" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I121" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>830</v>
+        <v>740</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>837</v>
+        <v>215</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>772</v>
+        <v>869</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>865</v>
+        <v>882</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F132" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="G132" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H132" s="1" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>891</v>
+        <v>802</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C134" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H134" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>662</v>
+        <v>928</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B139" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H139" s="1" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>951</v>
+        <v>692</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B145" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H145" s="1" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>784</v>
+        <v>340</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>877</v>
+        <v>994</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>896</v>
+        <v>999</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>898</v>
+        <v>1001</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>1017</v>
+        <v>901</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>1022</v>
+        <v>933</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>1023</v>
+        <v>934</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B162" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="C162" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H162" s="1" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>1069</v>
+        <v>1161</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>310</v>
+        <v>739</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>1184</v>
+        <v>1099</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>1172</v>
+        <v>1188</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="C180" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H180" s="1" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B183" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H183" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>593</v>
+        <v>1255</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="C188" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H188" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B190" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H190" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>784</v>
+        <v>340</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1277</v>
+        <v>623</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B201" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H201" s="1" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B204" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H204" s="1" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>1371</v>
+        <v>1361</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>1371</v>
+        <v>1387</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B210" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G210" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H210" s="1" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>1411</v>
+        <v>1401</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>784</v>
+        <v>340</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>1236</v>
+        <v>1454</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="K218" s="1" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="C219" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F219" s="1" t="s">
+      <c r="G219" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="G219" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H219" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>1476</v>
+        <v>1266</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>1477</v>
+        <v>1493</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>784</v>
+        <v>340</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B226" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G226" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H226" s="1" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J226" s="1" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J227" s="1" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="K227" s="1" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>1510</v>
+        <v>1526</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J228" s="1" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="K228" s="1" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="K229" s="1" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J230" s="1" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="K230" s="1" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B231" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H231" s="1" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J231" s="1" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="K231" s="1" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>1483</v>
+        <v>1552</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>1484</v>
+        <v>1553</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J232" s="1" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="K232" s="1" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J233" s="1" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="K233" s="1" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J234" s="1" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J235" s="1" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="K235" s="1" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>1575</v>
+        <v>1513</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>1577</v>
+        <v>1514</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J236" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="K236" s="1" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>1317</v>
+        <v>1584</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J237" s="1" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="K237" s="1" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J238" s="1" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="K238" s="1" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J239" s="1" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="K239" s="1" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>1595</v>
+        <v>1606</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J240" s="1" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="K240" s="1" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1607</v>
+        <v>1347</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>1595</v>
+        <v>1612</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J241" s="1" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="K241" s="1" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="C242" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H242" s="1" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J242" s="1" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="K242" s="1" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J243" s="1" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="K243" s="1" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B244" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H244" s="1" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J244" s="1" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="K244" s="1" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>1635</v>
+        <v>1625</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J245" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="K245" s="1" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J246" s="1" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="K246" s="1" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J247" s="1" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="K247" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>1649</v>
+        <v>1658</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J248" s="1" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="K248" s="1" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>1649</v>
+        <v>1665</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J249" s="1" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="K249" s="1" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J250" s="1" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="K250" s="1" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1197</v>
+        <v>1678</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J251" s="1" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="K251" s="1" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="C252" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H252" s="1" t="s">
-        <v>884</v>
+        <v>1686</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J252" s="1" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="K252" s="1" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1686</v>
+        <v>1679</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="K253" s="1" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1686</v>
+        <v>1698</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="K254" s="1" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>310</v>
+        <v>814</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>1700</v>
+        <v>914</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J255" s="1" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="K255" s="1" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F256" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G256" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="G256" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H256" s="1" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J256" s="1" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="K256" s="1" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J257" s="1" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="K257" s="1" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J258" s="1" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="K258" s="1" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J259" s="1" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="K259" s="1" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J260" s="1" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="K260" s="1" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J261" s="1" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="K261" s="1" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1747</v>
+        <v>1743</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J262" s="1" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
       <c r="H263" s="1" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J263" s="1" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="K263" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1747</v>
+        <v>1763</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J264" s="1" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="K264" s="1" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J265" s="1" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="K265" s="1" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J266" s="1" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B267" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H267" s="1" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J267" s="1" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="K267" s="1" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1317</v>
+        <v>1789</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1785</v>
+        <v>1777</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J268" s="1" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1785</v>
+        <v>1796</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J269" s="1" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="K269" s="1" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1785</v>
+        <v>1803</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J270" s="1" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="K270" s="1" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F271" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="G271" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H271" s="1" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J271" s="1" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="K271" s="1" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1810</v>
+        <v>1347</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J272" s="1" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="C273" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H273" s="1" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J273" s="1" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="K273" s="1" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1824</v>
+        <v>1815</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J274" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J275" s="1" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J276" s="1" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="K276" s="1" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1843</v>
+        <v>14</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1831</v>
+        <v>1847</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="J277" s="1"/>
+        <v>460</v>
+      </c>
+      <c r="J277" s="1" t="s">
+        <v>1849</v>
+      </c>
       <c r="K277" s="1" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1843</v>
+        <v>14</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1831</v>
+        <v>1854</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="J278" s="1"/>
+        <v>460</v>
+      </c>
+      <c r="J278" s="1" t="s">
+        <v>1856</v>
+      </c>
       <c r="K278" s="1" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J279" s="1" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="K279" s="1" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F280" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="G280" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H280" s="1" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J280" s="1" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="K280" s="1" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>14</v>
+        <v>1873</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1869</v>
+        <v>1861</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="J281" s="1"/>
       <c r="K281" s="1" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B282" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E282" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1876</v>
+        <v>1861</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="J282" s="1"/>
       <c r="K282" s="1" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>1426</v>
+        <v>1886</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J283" s="1" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="K283" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J284" s="1" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="K284" s="1" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>511</v>
+        <v>340</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1861</v>
+        <v>1898</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>1863</v>
+        <v>1900</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J285" s="1" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="K285" s="1" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J286" s="1" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="K286" s="1" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>1908</v>
+        <v>1456</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J287" s="1" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="K287" s="1" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J288" s="1" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="K288" s="1" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J289" s="1" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="K289" s="1" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="C290" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H290" s="1" t="s">
-        <v>1929</v>
+        <v>1893</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J290" s="1" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="K290" s="1" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J291" s="1" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="K291" s="1" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1928</v>
+        <v>1944</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J292" s="1" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="K292" s="1" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J293" s="1" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="K293" s="1" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J294" s="1" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="K294" s="1" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B295" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H295" s="1" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J295" s="1" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="K295" s="1" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>709</v>
+        <v>340</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J296" s="1" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="K296" s="1" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1961</v>
+        <v>1977</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>1974</v>
+        <v>1978</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J297" s="1" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J298" s="1" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J299" s="1" t="s">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="K299" s="1" t="s">
-        <v>1990</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B300" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="G300" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H300" s="1" t="s">
-        <v>1596</v>
+        <v>1998</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J300" s="1" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="K300" s="1" t="s">
-        <v>1994</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="H301" s="1" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J301" s="1" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="K301" s="1" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J302" s="1" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="K302" s="1" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J303" s="1" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="K303" s="1" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="C304" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H304" s="1" t="s">
-        <v>214</v>
+        <v>1632</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J304" s="1" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="K304" s="1" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J305" s="1" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
       <c r="K305" s="1" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>2028</v>
+        <v>2032</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>2029</v>
+        <v>2033</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>2032</v>
+        <v>2036</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J306" s="1" t="s">
-        <v>2033</v>
+        <v>2037</v>
       </c>
       <c r="K306" s="1" t="s">
-        <v>2034</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J307" s="1" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
       <c r="K307" s="1" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B308" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H308" s="1" t="s">
-        <v>2046</v>
+        <v>241</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J308" s="1" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="K308" s="1" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J309" s="1" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="K309" s="1" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J310" s="1" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="K310" s="1" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J311" s="1" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
       <c r="K311" s="1" t="s">
-        <v>2068</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>2070</v>
+        <v>2073</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J312" s="1" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="K312" s="1" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J313" s="1" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="K313" s="1" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J314" s="1" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="K314" s="1" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J315" s="1" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="K315" s="1" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J316" s="1" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="K316" s="1" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>2093</v>
+        <v>2109</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J317" s="1" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="K317" s="1" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J318" s="1" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="K318" s="1" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>2112</v>
+        <v>2123</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J319" s="1" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="K319" s="1" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
       <c r="C320" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G320" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H320" s="1" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J320" s="1" t="s">
-        <v>2126</v>
+        <v>2131</v>
       </c>
       <c r="K320" s="1" t="s">
-        <v>2127</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>2128</v>
+        <v>2133</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>2131</v>
+        <v>2123</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J321" s="1" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="K321" s="1" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J322" s="1" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="K322" s="1" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B323" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H323" s="1" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J323" s="1" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="K323" s="1" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1848</v>
+        <v>2153</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J324" s="1" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
       <c r="K324" s="1" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>2151</v>
+        <v>2161</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J325" s="1" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="K325" s="1" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J326" s="1" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="K326" s="1" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J327" s="1" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="K327" s="1" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J328" s="1" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="K328" s="1" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B329" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H329" s="1" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J329" s="1" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="K329" s="1" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J330" s="1" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="K330" s="1" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J331" s="1" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="K331" s="1" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>2198</v>
+        <v>2208</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J332" s="1" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="K332" s="1" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J333" s="1" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="K333" s="1" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B334" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="C334" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H334" s="1" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J334" s="1" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="K334" s="1" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>2223</v>
-[...1 lines deleted...]
-      <c r="G335" s="1"/>
+        <v>2227</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>2228</v>
+      </c>
       <c r="H335" s="1" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="J335" s="1" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="K335" s="1" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="C336" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G336" s="1"/>
       <c r="H336" s="1" t="s">
-        <v>2232</v>
-[...2 lines deleted...]
-      <c r="J336" s="1"/>
+        <v>2235</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J336" s="1" t="s">
+        <v>2236</v>
+      </c>
       <c r="K336" s="1" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1487</v>
+        <v>2238</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1488</v>
+        <v>2239</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1489</v>
-[...1 lines deleted...]
-      <c r="G337" s="1"/>
+        <v>2240</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>2241</v>
+      </c>
       <c r="H337" s="1" t="s">
-        <v>1490</v>
-[...2 lines deleted...]
-      <c r="J337" s="1"/>
+        <v>2242</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J337" s="1" t="s">
+        <v>2243</v>
+      </c>
       <c r="K337" s="1" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1481</v>
+        <v>2245</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1482</v>
+        <v>1872</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1483</v>
-[...1 lines deleted...]
-      <c r="G338" s="1"/>
+        <v>2246</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>2247</v>
+      </c>
       <c r="H338" s="1" t="s">
-        <v>1484</v>
-[...2 lines deleted...]
-      <c r="J338" s="1"/>
+        <v>2248</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J338" s="1" t="s">
+        <v>2249</v>
+      </c>
       <c r="K338" s="1" t="s">
-        <v>2235</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>2236</v>
+        <v>2251</v>
       </c>
       <c r="C339" s="1">
         <v>1</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>2237</v>
+        <v>2252</v>
       </c>
       <c r="E339" s="1"/>
       <c r="F339" s="1" t="s">
-        <v>889</v>
+        <v>919</v>
       </c>
       <c r="G339" s="1"/>
       <c r="H339" s="1" t="s">
-        <v>2238</v>
+        <v>2253</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1" t="s">
-        <v>2239</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>2240</v>
+        <v>1517</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>2241</v>
+        <v>1518</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>15</v>
+        <v>340</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>2242</v>
+        <v>1519</v>
       </c>
       <c r="G340" s="1"/>
       <c r="H340" s="1" t="s">
-        <v>2243</v>
-[...1 lines deleted...]
-      <c r="I340" s="1">
+        <v>1520</v>
+      </c>
+      <c r="I340" s="1"/>
+      <c r="J340" s="1"/>
+      <c r="K340" s="1" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G341" s="1"/>
+      <c r="H341" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I341" s="1"/>
+      <c r="J341" s="1"/>
+      <c r="K341" s="1" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J342" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="K342" s="1" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="G343" s="1"/>
+      <c r="H343" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I343" s="1"/>
+      <c r="J343" s="1"/>
+      <c r="K343" s="1" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="G344" s="1"/>
+      <c r="H344" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I344" s="1">
         <v>90084</v>
       </c>
-      <c r="J340" s="1" t="s">
-[...3 lines deleted...]
-        <v>2245</v>
+      <c r="J344" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="K344" s="1" t="s">
+        <v>2273</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>